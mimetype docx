--- v0 (2025-10-08)
+++ v1 (2026-03-13)
@@ -1,948 +1,1021 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="-99"/>
         <w:tblW w:w="7150" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2065"/>
         <w:gridCol w:w="630"/>
         <w:gridCol w:w="4455"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005B4280" w:rsidRPr="000927CF" w14:paraId="6F2C313D" w14:textId="77777777" w:rsidTr="005B4280">
+      <w:tr w:rsidR="005B4280" w:rsidRPr="000927CF" w:rsidTr="005B4280">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7150" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="00B0F0"/>
           </w:tcPr>
-          <w:p w14:paraId="6B532FB8" w14:textId="2E50A447" w:rsidR="008F4615" w:rsidRPr="008F4615" w:rsidRDefault="00ED3725" w:rsidP="005B4280">
+          <w:p w:rsidR="008F4615" w:rsidRPr="008F4615" w:rsidRDefault="00ED3725" w:rsidP="005B4280">
             <w:pPr>
               <w:pStyle w:val="Caption"/>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3BC5E3A5" w14:textId="6806E384" w:rsidR="005B4280" w:rsidRPr="00DA76DE" w:rsidRDefault="005B4280" w:rsidP="005B4280">
+          <w:p w:rsidR="005B4280" w:rsidRPr="00DA76DE" w:rsidRDefault="005B4280" w:rsidP="005B4280">
             <w:pPr>
               <w:pStyle w:val="Caption"/>
               <w:keepNext/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA76DE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Payee / Company Information</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="31BB07EF" w14:textId="77777777" w:rsidR="008F4615" w:rsidRPr="000927CF" w:rsidRDefault="008F4615" w:rsidP="005B4280">
+          <w:p w:rsidR="008F4615" w:rsidRPr="000927CF" w:rsidRDefault="008F4615" w:rsidP="005B4280">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B4280" w:rsidRPr="000927CF" w14:paraId="74EBD3F9" w14:textId="77777777" w:rsidTr="00EE34D5">
+      <w:tr w:rsidR="005B4280" w:rsidRPr="000927CF" w:rsidTr="00EE34D5">
         <w:trPr>
           <w:trHeight w:val="710"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2065" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="0D69F410" w14:textId="77777777" w:rsidR="005B4280" w:rsidRPr="001D6AC5" w:rsidRDefault="005B4280" w:rsidP="005B4280">
+          <w:p w:rsidR="005B4280" w:rsidRPr="002B141B" w:rsidRDefault="005B4280" w:rsidP="005B4280">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6AC5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Company Name</w:t>
             </w:r>
             <w:r w:rsidRPr="001D6AC5">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-          </w:p>
-[...16 lines deleted...]
-            <w:r w:rsidR="005B4280" w:rsidRPr="009C535C">
+            <w:r w:rsidR="001D6AC5">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C535C">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(English</w:t>
             </w:r>
-            <w:r w:rsidR="005B4280" w:rsidRPr="009C535C">
+            <w:r w:rsidRPr="009C535C">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="243BE53E" w14:textId="77777777" w:rsidR="00EA6076" w:rsidRDefault="00EA6076" w:rsidP="005B4280">
+          <w:p w:rsidR="00EA6076" w:rsidRDefault="00EA6076" w:rsidP="005B4280">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0E0A9A91" w14:textId="77777777" w:rsidR="00EA6076" w:rsidRDefault="00EA6076" w:rsidP="005B4280">
+          <w:p w:rsidR="00EA6076" w:rsidRDefault="00EA6076" w:rsidP="005B4280">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5C7F5BB2" w14:textId="77777777" w:rsidR="00EA6076" w:rsidRPr="00EA6076" w:rsidRDefault="00EA6076" w:rsidP="005B4280">
+          <w:p w:rsidR="00EA6076" w:rsidRPr="00EA6076" w:rsidRDefault="00EA6076" w:rsidP="005B4280">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0E784B9C" w14:textId="77777777" w:rsidR="005B4280" w:rsidRPr="009C535C" w:rsidRDefault="005B4280" w:rsidP="005B4280">
-[...1 lines deleted...]
-              <w:jc w:val="right"/>
+          <w:p w:rsidR="005B4280" w:rsidRPr="009C535C" w:rsidRDefault="005B4280" w:rsidP="001876DE">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C535C">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(Local Language)</w:t>
             </w:r>
             <w:r w:rsidRPr="009C535C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009C535C">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="009C535C">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="001876DE" w:rsidRPr="001876DE">
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
-                <w:lang w:eastAsia="zh-CN"/>
-[...2 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>公司名称</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009C535C">
               <w:rPr>
-                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
+              <w:t>当地语言</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C535C">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
               <w:t>):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5085" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="37F96030" w14:textId="77777777" w:rsidR="005B4280" w:rsidRPr="000927CF" w:rsidRDefault="005B4280" w:rsidP="005B4280">
+          <w:p w:rsidR="005B4280" w:rsidRPr="000927CF" w:rsidRDefault="005B4280" w:rsidP="005B4280">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B4280" w:rsidRPr="000927CF" w14:paraId="2C6ABCCC" w14:textId="77777777" w:rsidTr="005B4280">
+      <w:tr w:rsidR="005B4280" w:rsidRPr="000927CF" w:rsidTr="005B4280">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2065" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="162FDCB0" w14:textId="77777777" w:rsidR="005B4280" w:rsidRPr="009C535C" w:rsidRDefault="005B4280" w:rsidP="005B4280">
+          <w:p w:rsidR="005B4280" w:rsidRPr="009C535C" w:rsidRDefault="005B4280" w:rsidP="005B4280">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5085" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="45320EB3" w14:textId="77777777" w:rsidR="005B4280" w:rsidRPr="000927CF" w:rsidRDefault="005B4280" w:rsidP="005B4280">
+          <w:p w:rsidR="005B4280" w:rsidRPr="000927CF" w:rsidRDefault="005B4280" w:rsidP="005B4280">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B4280" w:rsidRPr="000927CF" w14:paraId="4BD6391B" w14:textId="77777777" w:rsidTr="00AB339D">
+      <w:tr w:rsidR="005B4280" w:rsidRPr="000927CF" w:rsidTr="00AB339D">
         <w:trPr>
           <w:trHeight w:val="719"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2065" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15D9BACC" w14:textId="07E75B5C" w:rsidR="005B4280" w:rsidRPr="001D6AC5" w:rsidRDefault="005B4280" w:rsidP="001D6AC5">
+          <w:p w:rsidR="005B4280" w:rsidRPr="001D6AC5" w:rsidRDefault="005B4280" w:rsidP="001D6AC5">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6AC5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Physical Address:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="16551984" w14:textId="6D7461AB" w:rsidR="005B4280" w:rsidRPr="001D6AC5" w:rsidRDefault="005B4280" w:rsidP="001D6AC5">
+          <w:p w:rsidR="005B4280" w:rsidRPr="002B141B" w:rsidRDefault="005B4280" w:rsidP="001D6AC5">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-                <w:b/>
-                <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001D6AC5">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="002B141B">
+              <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">   (</w:t>
-[...21 lines deleted...]
-              <w:t>No PO box numbers)</w:t>
+              <w:t>(No PO box numbers)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5085" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="59C0930D" w14:textId="77777777" w:rsidR="005B4280" w:rsidRPr="000927CF" w:rsidRDefault="005B4280" w:rsidP="005B4280">
+          <w:p w:rsidR="005B4280" w:rsidRPr="000927CF" w:rsidRDefault="005B4280" w:rsidP="005B4280">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B4280" w:rsidRPr="000927CF" w14:paraId="5D63EC7E" w14:textId="77777777" w:rsidTr="00AB56E8">
+      <w:tr w:rsidR="005B4280" w:rsidRPr="000927CF" w:rsidTr="00AB56E8">
         <w:trPr>
           <w:trHeight w:val="449"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7459A369" w14:textId="77777777" w:rsidR="005B4280" w:rsidRPr="001D6AC5" w:rsidRDefault="005B4280" w:rsidP="005B4280">
+          <w:p w:rsidR="005B4280" w:rsidRPr="001D6AC5" w:rsidRDefault="005B4280" w:rsidP="005B4280">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6AC5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>City, State and Postal Code:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4455" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2DDEF4D9" w14:textId="77777777" w:rsidR="005B4280" w:rsidRPr="00FA3737" w:rsidRDefault="005B4280" w:rsidP="005B4280">
+          <w:p w:rsidR="005B4280" w:rsidRPr="00FA3737" w:rsidRDefault="005B4280" w:rsidP="005B4280">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B4280" w:rsidRPr="000927CF" w14:paraId="3EBEECF1" w14:textId="77777777" w:rsidTr="00AB56E8">
+      <w:tr w:rsidR="005B4280" w:rsidRPr="000927CF" w:rsidTr="00905B34">
+        <w:trPr>
+          <w:trHeight w:val="252"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2695" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="005B4280" w:rsidRPr="001D6AC5" w:rsidRDefault="005B4280" w:rsidP="005B4280">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001D6AC5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Country - Company location:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4455" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005B4280" w:rsidRPr="00FA3737" w:rsidRDefault="005B4280" w:rsidP="005B4280">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00905B34" w:rsidRPr="000927CF" w:rsidTr="00AB56E8">
         <w:trPr>
           <w:trHeight w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D74786F" w14:textId="77777777" w:rsidR="005B4280" w:rsidRPr="001D6AC5" w:rsidRDefault="005B4280" w:rsidP="005B4280">
-[...17 lines deleted...]
-              <w:t>Country - Company location:</w:t>
+          <w:p w:rsidR="00905B34" w:rsidRPr="001D6AC5" w:rsidRDefault="00AA05E2" w:rsidP="005B4280">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Corporate Website:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4455" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="583D3249" w14:textId="77777777" w:rsidR="005B4280" w:rsidRPr="00FA3737" w:rsidRDefault="005B4280" w:rsidP="005B4280">
+          <w:p w:rsidR="00905B34" w:rsidRPr="00FA3737" w:rsidRDefault="00905B34" w:rsidP="005B4280">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B4280" w:rsidRPr="000927CF" w14:paraId="77D78846" w14:textId="77777777" w:rsidTr="00AB56E8">
+      <w:tr w:rsidR="005B4280" w:rsidRPr="000927CF" w:rsidTr="00AB56E8">
         <w:trPr>
           <w:trHeight w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D94ABE6" w14:textId="77777777" w:rsidR="005B4280" w:rsidRPr="001D6AC5" w:rsidRDefault="005B4280" w:rsidP="005B4280">
+          <w:p w:rsidR="005B4280" w:rsidRPr="001D6AC5" w:rsidRDefault="00BA50AB" w:rsidP="005B4280">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="OLE_LINK10"/>
             <w:bookmarkStart w:id="1" w:name="_Hlk152166353"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidR="005B4280" w:rsidRPr="001D6AC5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Company Contact Name and </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="0"/>
+          <w:p w:rsidR="005B4280" w:rsidRDefault="005B4280" w:rsidP="005B4280">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="001D6AC5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Company Contact Name and </w:t>
-[...3 lines deleted...]
-          <w:p w14:paraId="0B9361F0" w14:textId="77777777" w:rsidR="005B4280" w:rsidRPr="001D6AC5" w:rsidRDefault="005B4280" w:rsidP="005B4280">
+              <w:t>Telephone No.:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA50AB" w:rsidRPr="002B141B" w:rsidRDefault="00BA50AB" w:rsidP="005B4280">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-                <w:b/>
-[...13 lines deleted...]
-              <w:t>Telephone No.:</w:t>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B141B">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>(office number preferred)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4455" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3020DD53" w14:textId="77777777" w:rsidR="005B4280" w:rsidRPr="00FA3737" w:rsidRDefault="005B4280" w:rsidP="005B4280">
+          <w:p w:rsidR="005B4280" w:rsidRPr="00FA3737" w:rsidRDefault="005B4280" w:rsidP="005B4280">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B4280" w:rsidRPr="000927CF" w14:paraId="4FF59D6F" w14:textId="77777777" w:rsidTr="00AB56E8">
+      <w:tr w:rsidR="005B4280" w:rsidRPr="000927CF" w:rsidTr="00AB56E8">
         <w:trPr>
           <w:trHeight w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2293DE71" w14:textId="77777777" w:rsidR="005B4280" w:rsidRPr="009C535C" w:rsidRDefault="005B4280" w:rsidP="005B4280">
+          <w:p w:rsidR="005B4280" w:rsidRPr="009C535C" w:rsidRDefault="005B4280" w:rsidP="005B4280">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4455" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DC95604" w14:textId="77777777" w:rsidR="005B4280" w:rsidRPr="00FA3737" w:rsidRDefault="005B4280" w:rsidP="005B4280">
+          <w:p w:rsidR="005B4280" w:rsidRPr="00FA3737" w:rsidRDefault="005B4280" w:rsidP="005B4280">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="1"/>
-      <w:tr w:rsidR="005B4280" w:rsidRPr="000927CF" w14:paraId="3CA04925" w14:textId="77777777" w:rsidTr="00AB56E8">
+      <w:tr w:rsidR="005B4280" w:rsidRPr="000927CF" w:rsidTr="00AB56E8">
         <w:trPr>
           <w:trHeight w:val="359"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="1CA59E31" w14:textId="77777777" w:rsidR="005B4280" w:rsidRPr="009C535C" w:rsidRDefault="005B4280" w:rsidP="005B4280">
+          <w:p w:rsidR="005B4280" w:rsidRPr="009C535C" w:rsidRDefault="005B4280" w:rsidP="005B4280">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C535C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PO E-mail Address</w:t>
             </w:r>
             <w:r w:rsidRPr="009C535C">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">             </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="18B282BD" w14:textId="77777777" w:rsidR="005B4280" w:rsidRPr="009C535C" w:rsidRDefault="005B4280" w:rsidP="005B4280">
+          <w:p w:rsidR="005B4280" w:rsidRPr="009C535C" w:rsidRDefault="005B4280" w:rsidP="005B4280">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C535C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidRPr="009C535C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Required: All PO’s will be sent here:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4455" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="134E4456" w14:textId="77777777" w:rsidR="005B4280" w:rsidRPr="00FA3737" w:rsidRDefault="005B4280" w:rsidP="005B4280">
+          <w:p w:rsidR="005B4280" w:rsidRPr="00FA3737" w:rsidRDefault="005B4280" w:rsidP="005B4280">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B4280" w:rsidRPr="000927CF" w14:paraId="3013DCF0" w14:textId="77777777" w:rsidTr="00AB56E8">
+      <w:tr w:rsidR="005B4280" w:rsidRPr="000927CF" w:rsidTr="00AB56E8">
         <w:trPr>
           <w:trHeight w:val="314"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C22E93B" w14:textId="77777777" w:rsidR="005B4280" w:rsidRPr="009C535C" w:rsidRDefault="005B4280" w:rsidP="005B4280">
+          <w:p w:rsidR="005B4280" w:rsidRDefault="00BA50AB" w:rsidP="005B4280">
             <w:pPr>
               <w:ind w:hanging="22"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="2" w:name="_Hlk153787659"/>
-            <w:r w:rsidRPr="009C535C">
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidR="005B4280" w:rsidRPr="009C535C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Accounting Contact Name and Telephone No.:</w:t>
             </w:r>
           </w:p>
+          <w:p w:rsidR="005419F3" w:rsidRPr="005419F3" w:rsidRDefault="005419F3" w:rsidP="005B4280">
+            <w:pPr>
+              <w:ind w:hanging="22"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="13"/>
+                <w:szCs w:val="13"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4455" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="125A5FA4" w14:textId="77777777" w:rsidR="005B4280" w:rsidRPr="009C535C" w:rsidRDefault="005B4280" w:rsidP="005B4280">
+          <w:p w:rsidR="005B4280" w:rsidRPr="009C535C" w:rsidRDefault="005B4280" w:rsidP="005B4280">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B4280" w:rsidRPr="000927CF" w14:paraId="2D1410F9" w14:textId="77777777" w:rsidTr="00AB56E8">
+      <w:tr w:rsidR="005B4280" w:rsidRPr="000927CF" w:rsidTr="00AB56E8">
         <w:trPr>
           <w:trHeight w:val="305"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="050FAC2C" w14:textId="77777777" w:rsidR="005B4280" w:rsidRPr="000927CF" w:rsidRDefault="005B4280" w:rsidP="005B4280">
+          <w:p w:rsidR="005B4280" w:rsidRPr="000927CF" w:rsidRDefault="005B4280" w:rsidP="005B4280">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4455" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="454CC450" w14:textId="77777777" w:rsidR="005B4280" w:rsidRPr="009C535C" w:rsidRDefault="005B4280" w:rsidP="005B4280">
+          <w:p w:rsidR="005B4280" w:rsidRPr="009C535C" w:rsidRDefault="005B4280" w:rsidP="005B4280">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="2"/>
-      <w:tr w:rsidR="005B4280" w:rsidRPr="000927CF" w14:paraId="7A43026F" w14:textId="77777777" w:rsidTr="00AB56E8">
+      <w:tr w:rsidR="005B4280" w:rsidRPr="000927CF" w:rsidTr="00AB56E8">
         <w:trPr>
           <w:trHeight w:val="296"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="75DBE71D" w14:textId="77777777" w:rsidR="005B4280" w:rsidRPr="0022486F" w:rsidRDefault="005B4280" w:rsidP="005B4280">
+          <w:p w:rsidR="005B4280" w:rsidRPr="0022486F" w:rsidRDefault="005B4280" w:rsidP="005B4280">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0022486F">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t xml:space="preserve">Accounting Contact E-mail Address </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3BA04AB0" w14:textId="09363BDD" w:rsidR="005B4280" w:rsidRPr="0022486F" w:rsidRDefault="005B4280" w:rsidP="005B4280">
+          <w:p w:rsidR="005B4280" w:rsidRPr="0022486F" w:rsidRDefault="005B4280" w:rsidP="005B4280">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="3" w:name="OLE_LINK30"/>
             <w:r w:rsidRPr="0022486F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidRPr="0022486F">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Required: All remittance advice sent here</w:t>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4455" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F5E0AEC" w14:textId="77777777" w:rsidR="005B4280" w:rsidRPr="00722D32" w:rsidRDefault="005B4280" w:rsidP="005B4280">
+          <w:p w:rsidR="005B4280" w:rsidRPr="00722D32" w:rsidRDefault="005B4280" w:rsidP="005B4280">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="11D035B9" w14:textId="77777777" w:rsidR="005B4280" w:rsidRPr="00722D32" w:rsidRDefault="005B4280" w:rsidP="005B4280">
+          <w:p w:rsidR="005B4280" w:rsidRPr="00722D32" w:rsidRDefault="005B4280" w:rsidP="005B4280">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7BA9C0DC" w14:textId="77777777" w:rsidR="005B4280" w:rsidRPr="00722D32" w:rsidRDefault="005B4280" w:rsidP="005B4280">
+          <w:p w:rsidR="005B4280" w:rsidRPr="00722D32" w:rsidRDefault="005B4280" w:rsidP="005B4280">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3A58C324" w14:textId="77777777" w:rsidR="005B4280" w:rsidRPr="00722D32" w:rsidRDefault="005B4280" w:rsidP="005B4280">
+          <w:p w:rsidR="005B4280" w:rsidRPr="00722D32" w:rsidRDefault="005B4280" w:rsidP="005B4280">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:bCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B4280" w:rsidRPr="000927CF" w14:paraId="4F4CEA2F" w14:textId="77777777" w:rsidTr="00AB56E8">
+      <w:tr w:rsidR="005B4280" w:rsidRPr="000927CF" w:rsidTr="00AB56E8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2695" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="77C14BAA" w14:textId="41A444B7" w:rsidR="005B4280" w:rsidRDefault="005B4280" w:rsidP="005B4280">
+          <w:p w:rsidR="005B4280" w:rsidRDefault="005B4280" w:rsidP="005B4280">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC343A">
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>**</w:t>
             </w:r>
             <w:r w:rsidRPr="00023562">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>TAX ID No.:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -951,272 +1024,277 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>EIN/SSN</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC343A">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>/Business Regis</w:t>
             </w:r>
             <w:r w:rsidR="009C535C">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>tration</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5DD18C49" w14:textId="54C0F2FA" w:rsidR="005B4280" w:rsidRPr="005B4280" w:rsidRDefault="005B4280" w:rsidP="005B4280">
+          <w:p w:rsidR="005B4280" w:rsidRPr="005B4280" w:rsidRDefault="005B4280" w:rsidP="005B4280">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC343A">
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>/VAT/GST/HST/ UEN/Country specific ID #</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4455" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4AFFB844" w14:textId="77777777" w:rsidR="005B4280" w:rsidRPr="00722D32" w:rsidRDefault="005B4280" w:rsidP="005B4280">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="005B4280" w:rsidRPr="0072400F" w:rsidRDefault="0072400F" w:rsidP="005B4280">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0072400F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>**</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="page" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="1060"/>
-        <w:tblW w:w="7380" w:type="dxa"/>
+        <w:tblW w:w="7393" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1625"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4076"/>
+        <w:gridCol w:w="1841"/>
+        <w:gridCol w:w="1388"/>
+        <w:gridCol w:w="4164"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w14:paraId="393BF3A7" w14:textId="77777777" w:rsidTr="00AB56E8">
-[...2 lines deleted...]
-            <w:tcW w:w="7380" w:type="dxa"/>
+      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w:rsidTr="00E11406">
+        <w:trPr>
+          <w:trHeight w:val="445"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7393" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="00B0F0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D266F76" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="008F4615" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="006552B8" w:rsidRDefault="00AB56E8" w:rsidP="001876DE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-                <w:szCs w:val="8"/>
+                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
+                <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="4" w:name="OLE_LINK14"/>
             <w:bookmarkStart w:id="5" w:name="OLE_LINK4"/>
-          </w:p>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00DA76DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
-                <w:lang w:eastAsia="zh-CN"/>
-[...9 lines deleted...]
-                <w:u w:val="single"/>
               </w:rPr>
               <w:t>Bank Information</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6494BDA3" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="005620A4" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
-[...10 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w14:paraId="0EC14DD8" w14:textId="77777777" w:rsidTr="00AB56E8">
+      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w:rsidTr="00E11406">
         <w:trPr>
-          <w:trHeight w:val="427"/>
+          <w:trHeight w:val="440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1625" w:type="dxa"/>
+            <w:tcW w:w="1841" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BFF148D" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="001D6AC5" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="001D6AC5" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="6" w:name="_Hlk153789538"/>
             <w:r w:rsidRPr="001D6AC5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Type of Transfer:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="7" w:name="OLE_LINK2"/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5755" w:type="dxa"/>
+            <w:tcW w:w="5551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="13C4389F" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="004363CB" w:rsidRDefault="00D37979" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="004363CB" w:rsidRDefault="00413BA9" w:rsidP="00AB56E8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:b/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="-1031340545"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00AB56E8" w:rsidRPr="004363CB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="14"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00AB56E8" w:rsidRPr="004363CB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ACH (within country)</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00AB56E8">
+              <w:t xml:space="preserve"> ACH (within </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA50AB" w:rsidRPr="004363CB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t xml:space="preserve">    </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00AB56E8" w:rsidRPr="004363CB">
+              <w:t>country)</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA50AB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t xml:space="preserve">   </w:t>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00AB56E8">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t xml:space="preserve">     </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB56E8" w:rsidRPr="004363CB">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB56E8">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00AB56E8" w:rsidRPr="004363CB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00AB56E8">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:b/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
@@ -1275,51 +1353,51 @@
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00AB56E8" w:rsidRPr="004363CB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="14"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00AB56E8" w:rsidRPr="004363CB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> SEPA (within the EU)</w:t>
             </w:r>
           </w:p>
           <w:bookmarkStart w:id="11" w:name="OLE_LINK1"/>
           <w:bookmarkEnd w:id="8"/>
-          <w:p w14:paraId="69BCE59B" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="004363CB" w:rsidRDefault="00D37979" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="004363CB" w:rsidRDefault="00413BA9" w:rsidP="00AB56E8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5502"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                   <w:b/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                   <w:lang w:eastAsia="zh-CN"/>
                 </w:rPr>
                 <w:id w:val="351228585"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
@@ -1345,202 +1423,158 @@
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:bookmarkEnd w:id="11"/>
             <w:r w:rsidR="00AB56E8" w:rsidRPr="004363CB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Other _______________</w:t>
             </w:r>
             <w:r w:rsidR="00AB56E8" w:rsidRPr="004363CB">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
-            <w:r w:rsidR="00AB56E8">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            <w:r w:rsidR="00AB56E8" w:rsidRPr="004363CB">
+              <w:rPr>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00AB56E8" w:rsidRPr="004363CB">
+            <w:r w:rsidR="00AB56E8">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...42 lines deleted...]
-              <w:t xml:space="preserve">   </w:t>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="14"/>
                   <w:szCs w:val="14"/>
                 </w:rPr>
                 <w:id w:val="1441103575"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00AB56E8" w:rsidRPr="004363CB">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:sz w:val="14"/>
                     <w:szCs w:val="14"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00AB56E8" w:rsidRPr="004363CB">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Transfer Check</w:t>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
             <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="6"/>
-      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w14:paraId="3791A387" w14:textId="77777777" w:rsidTr="00AB56E8">
+      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w:rsidTr="00E11406">
         <w:trPr>
-          <w:trHeight w:val="428"/>
+          <w:trHeight w:val="441"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1625" w:type="dxa"/>
+            <w:tcW w:w="1841" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28D4057A" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="001D6AC5" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="001D6AC5" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6AC5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Payment Terms:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5755" w:type="dxa"/>
+            <w:tcW w:w="5551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68E2E106" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="00783C73" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="00783C73" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00783C73">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-699863922"/>
@@ -1610,112 +1644,115 @@
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00783C73">
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00783C73">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> __________________       </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="62DF9CDD" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="00783C73" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+              <w:t xml:space="preserve">__________________       </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="00783C73" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="MS Gothic"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="12" w:name="OLE_LINK21"/>
             <w:r w:rsidRPr="00783C73">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">Note: Qorvo standard payment terms are N60 </w:t>
             </w:r>
             <w:r w:rsidRPr="001835EA">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
               <w:t>(see Terms and Conditions)</w:t>
             </w:r>
             <w:r w:rsidRPr="00783C73">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="4"/>
-      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w14:paraId="1F06BAE0" w14:textId="77777777" w:rsidTr="00AB56E8">
-[...2 lines deleted...]
-            <w:tcW w:w="7380" w:type="dxa"/>
+      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w:rsidTr="00E11406">
+        <w:trPr>
+          <w:trHeight w:val="322"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7393" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="693B3254" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="00EA0ED7" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="00EA0ED7" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005620A4">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
               </w:rPr>
               <w:t xml:space="preserve">*If you require </w:t>
             </w:r>
             <w:r w:rsidRPr="005620A4">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
@@ -1723,1342 +1760,1508 @@
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>different banking</w:t>
             </w:r>
             <w:r w:rsidRPr="005620A4">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
               </w:rPr>
               <w:t xml:space="preserve"> details when doing business </w:t>
             </w:r>
             <w:r w:rsidRPr="005620A4">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>within country</w:t>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="005620A4">
+              <w:t xml:space="preserve">within </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA50AB" w:rsidRPr="005620A4">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>than</w:t>
+              <w:t>the country</w:t>
             </w:r>
             <w:r w:rsidRPr="005620A4">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
               </w:rPr>
-              <w:t xml:space="preserve"> when doing business </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005620A4">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>cross-border</w:t>
+              <w:t>than</w:t>
             </w:r>
             <w:r w:rsidRPr="005620A4">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
               </w:rPr>
+              <w:t xml:space="preserve"> when doing business </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005620A4">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="13"/>
+                <w:szCs w:val="13"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>cross-border</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005620A4">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="13"/>
+                <w:szCs w:val="13"/>
+              </w:rPr>
               <w:t>, please complete Bank Information on Section B, page 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w14:paraId="2E464F61" w14:textId="77777777" w:rsidTr="00AB56E8">
+      <w:tr w:rsidR="004717AB" w:rsidRPr="005620A4" w:rsidTr="00E11406">
         <w:trPr>
-          <w:trHeight w:val="292"/>
+          <w:trHeight w:val="180"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3304" w:type="dxa"/>
+            <w:tcW w:w="7393" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="004717AB" w:rsidRPr="00292E94" w:rsidRDefault="00F95886" w:rsidP="002F14FC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00292E94">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>**</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00292E94">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00292E94">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004717AB" w:rsidRPr="00292E94">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Please note</w:t>
+            </w:r>
+            <w:r w:rsidR="004717AB" w:rsidRPr="00292E94">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="00B9091F" w:rsidRPr="00292E94">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B9091F" w:rsidRPr="00292E94">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Banking details may be subject to verbal verification by our authorized third-party</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00292E94">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> validator - </w:t>
+            </w:r>
+            <w:r w:rsidR="00B9091F" w:rsidRPr="00292E94">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Trustpair</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w:rsidTr="00E11406">
+        <w:trPr>
+          <w:trHeight w:val="218"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3229" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="115" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="603BEE9A" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="00783C73" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="00783C73" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00783C73">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bank Country:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4076" w:type="dxa"/>
+            <w:tcW w:w="4163" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="763D71DE" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="001835EA" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="001835EA" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w14:paraId="4BE3A1F3" w14:textId="77777777" w:rsidTr="00AB56E8">
+      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w:rsidTr="00E11406">
         <w:trPr>
-          <w:trHeight w:val="475"/>
+          <w:trHeight w:val="275"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3304" w:type="dxa"/>
+            <w:tcW w:w="3229" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="115" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A600E49" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="00783C73" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="00783C73" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00783C73">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Bank Name </w:t>
             </w:r>
             <w:bookmarkStart w:id="13" w:name="OLE_LINK12"/>
             <w:r w:rsidRPr="00783C73">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>(English)</w:t>
             </w:r>
             <w:r w:rsidRPr="00783C73">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4076" w:type="dxa"/>
+            <w:tcW w:w="4163" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3210DC63" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="001835EA" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="001835EA" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w14:paraId="791E4001" w14:textId="77777777" w:rsidTr="00AB56E8">
+      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w:rsidTr="00E11406">
         <w:trPr>
-          <w:trHeight w:val="529"/>
+          <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3304" w:type="dxa"/>
+            <w:tcW w:w="3229" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="115" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76C8B4E6" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="00783C73" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="00783C73" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00783C73">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Bank Address </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>(English)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0CD0E2A7" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="00783C73" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="00783C73" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00783C73">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidRPr="00783C73">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>*include zip code</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4076" w:type="dxa"/>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA50AB" w:rsidRPr="00783C73">
+              <w:rPr>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>Include</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00783C73">
+              <w:rPr>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> zip code</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4163" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4493E753" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="001835EA" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="001835EA" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w14:paraId="4759A23D" w14:textId="77777777" w:rsidTr="00AB56E8">
+      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w:rsidTr="00E11406">
         <w:trPr>
-          <w:trHeight w:val="346"/>
+          <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3304" w:type="dxa"/>
+            <w:tcW w:w="3229" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="115" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="188A52F0" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="00783C73" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="00783C73" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00783C73">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Payment Currency:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4076" w:type="dxa"/>
+            <w:tcW w:w="4163" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D9C7C4F" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="001835EA" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="001835EA" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w14:paraId="2E55C320" w14:textId="77777777" w:rsidTr="00AB56E8">
+      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w:rsidTr="00E11406">
         <w:trPr>
-          <w:trHeight w:val="325"/>
+          <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3304" w:type="dxa"/>
+            <w:tcW w:w="3229" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="115" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54B1D932" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="00783C73" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="00783C73" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00783C73">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Swift Code/BIC Code:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4076" w:type="dxa"/>
+            <w:tcW w:w="4163" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45E6479A" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="001835EA" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="001835EA" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w14:paraId="37051B82" w14:textId="77777777" w:rsidTr="00AB56E8">
+      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w:rsidTr="00E11406">
         <w:trPr>
-          <w:trHeight w:val="361"/>
+          <w:trHeight w:val="79"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3304" w:type="dxa"/>
+            <w:tcW w:w="3229" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="115" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B2B76D9" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="00783C73" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="00783C73" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00783C73">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bank Code/Routing/Sort #:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4076" w:type="dxa"/>
+            <w:tcW w:w="4163" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D7B1C9A" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="001835EA" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="001835EA" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w14:paraId="26F19449" w14:textId="77777777" w:rsidTr="00AB56E8">
+      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w:rsidTr="00E11406">
         <w:trPr>
-          <w:trHeight w:val="619"/>
+          <w:trHeight w:val="173"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3304" w:type="dxa"/>
+            <w:tcW w:w="3229" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="115" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59FD22B7" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="00783C73" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="00783C73" w:rsidRDefault="00C03411" w:rsidP="00AB56E8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="14" w:name="OLE_LINK6"/>
-            <w:r w:rsidRPr="00783C73">
-[...7 lines deleted...]
-            </w:r>
             <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Bank Account Holder Name</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB56E8" w:rsidRPr="00783C73">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB56E8">
               <w:rPr>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>(English)</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AB56E8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4076" w:type="dxa"/>
+            <w:tcW w:w="4163" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F29B42D" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="001835EA" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
-[...9 lines deleted...]
-          <w:p w14:paraId="5DF1F930" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="001835EA" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="001835EA" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="001835EA" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w14:paraId="4438DB20" w14:textId="77777777" w:rsidTr="00AB56E8">
+      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w:rsidTr="00E11406">
         <w:trPr>
-          <w:trHeight w:val="340"/>
+          <w:trHeight w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3304" w:type="dxa"/>
+            <w:tcW w:w="3229" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="115" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CD272F0" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="00783C73" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="00783C73" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00783C73">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Bank Account Number:             </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4076" w:type="dxa"/>
+            <w:tcW w:w="4163" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5090206D" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="001835EA" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="001835EA" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w14:paraId="4929A86B" w14:textId="77777777" w:rsidTr="00AB56E8">
+      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w:rsidTr="00E11406">
         <w:trPr>
-          <w:trHeight w:val="265"/>
+          <w:trHeight w:val="273"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3304" w:type="dxa"/>
+            <w:tcW w:w="3229" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="115" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="543B392F" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="00783C73" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="00783C73" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00783C73">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Branch Code:                                    </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4076" w:type="dxa"/>
+            <w:tcW w:w="4163" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F0DA2C0" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="001835EA" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="001835EA" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w14:paraId="4B57C253" w14:textId="77777777" w:rsidTr="00AB56E8">
+      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w:rsidTr="00E11406">
         <w:trPr>
-          <w:trHeight w:val="889"/>
+          <w:trHeight w:val="451"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3304" w:type="dxa"/>
+            <w:tcW w:w="3229" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="115" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E2EF6B2" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="00783C73" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="00783C73" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00783C73">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Intermediary Bank: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4ABB0519" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="00783C73" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="00EB1E68" w:rsidRDefault="00AB56E8" w:rsidP="00EB1E68">
             <w:pPr>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00783C73">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">   Bank name, ABA, Swift, Account number</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="03BF6248" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="00783C73" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
-[...16 lines deleted...]
-            <w:tcW w:w="4076" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4163" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="602A2199" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="001835EA" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="001835EA" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w14:paraId="62A1ECBB" w14:textId="77777777" w:rsidTr="00AB56E8">
-[...2 lines deleted...]
-            <w:tcW w:w="7380" w:type="dxa"/>
+      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w:rsidTr="00E11406">
+        <w:trPr>
+          <w:trHeight w:val="193"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7393" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:tcMar>
               <w:left w:w="115" w:type="dxa"/>
               <w:right w:w="115" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00C6B888" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="00783C73" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="00783C73" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA76DE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Additional Required Information for non-USA Suppliers</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w14:paraId="15CC97D3" w14:textId="77777777" w:rsidTr="00AB56E8">
-[...2 lines deleted...]
-            <w:tcW w:w="3304" w:type="dxa"/>
+      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w:rsidTr="00E11406">
+        <w:trPr>
+          <w:trHeight w:val="205"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3229" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7903AC08" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="00783C73" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="00783C73" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00783C73">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve">IBAN: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4076" w:type="dxa"/>
+            <w:tcW w:w="4163" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CEB9C01" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="00783C73" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="00783C73" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w14:paraId="077C0178" w14:textId="77777777" w:rsidTr="00AB56E8">
-[...2 lines deleted...]
-            <w:tcW w:w="3304" w:type="dxa"/>
+      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w:rsidTr="00E11406">
+        <w:trPr>
+          <w:trHeight w:val="193"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3229" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64E93BBD" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="00783C73" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="00783C73" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00783C73">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Zengin code (Japan):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4076" w:type="dxa"/>
+            <w:tcW w:w="4163" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62A5A371" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="00783C73" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="00783C73" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w14:paraId="39B1EF50" w14:textId="77777777" w:rsidTr="00AB56E8">
-[...2 lines deleted...]
-            <w:tcW w:w="3304" w:type="dxa"/>
+      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w:rsidTr="00E11406">
+        <w:trPr>
+          <w:trHeight w:val="193"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3229" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B50FCC9" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="00783C73" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="00783C73" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00783C73">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>BRSTN code (Philippines):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4076" w:type="dxa"/>
+            <w:tcW w:w="4163" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CFE7A98" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="00783C73" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="00783C73" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w14:paraId="610008D4" w14:textId="77777777" w:rsidTr="00AB56E8">
-[...2 lines deleted...]
-            <w:tcW w:w="7380" w:type="dxa"/>
+      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w:rsidTr="00E11406">
+        <w:trPr>
+          <w:trHeight w:val="205"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7393" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="7A369E96" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="00DA76DE" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="004717AB" w:rsidRDefault="00AB56E8" w:rsidP="004717AB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA76DE">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Additional requirements For Chinese Suppliers</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidR="004717AB">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000927CF">
+              <w:rPr>
+                <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="SimSun" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              </w:rPr>
               <w:t>中国供应商的附加要求</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w14:paraId="4B9BCFDA" w14:textId="77777777" w:rsidTr="00AB56E8">
-[...2 lines deleted...]
-            <w:tcW w:w="3304" w:type="dxa"/>
+      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w:rsidTr="00E11406">
+        <w:trPr>
+          <w:trHeight w:val="373"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3229" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="595F965D" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="00EC2EC7" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="00EC2EC7" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="15" w:name="OLE_LINK7"/>
             <w:r w:rsidRPr="00EC2EC7">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Bank Name (Chinese)</w:t>
             </w:r>
             <w:bookmarkEnd w:id="15"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="43185676" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="005620A4" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="005620A4" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000927CF">
               <w:rPr>
                 <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="SimSun" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
               </w:rPr>
               <w:t>银行名称</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="000927CF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000927CF">
               <w:rPr>
                 <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="SimSun" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
               </w:rPr>
               <w:t>中文</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="000927CF">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4076" w:type="dxa"/>
+            <w:tcW w:w="4163" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17B9BD31" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="005620A4" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="005620A4" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w14:paraId="5B90A574" w14:textId="77777777" w:rsidTr="00AB56E8">
-[...2 lines deleted...]
-            <w:tcW w:w="3304" w:type="dxa"/>
+      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w:rsidTr="00E11406">
+        <w:trPr>
+          <w:trHeight w:val="361"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3229" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3381A9E0" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="00784A6C" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="00784A6C" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00784A6C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Name on Bank Account (Chinese)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="105EBB63" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="00783C73" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="00783C73" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00783C73">
               <w:rPr>
                 <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="SimSun" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>银行账户名称</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00783C73">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00783C73">
               <w:rPr>
                 <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="SimSun" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>中文</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00783C73">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4076" w:type="dxa"/>
+            <w:tcW w:w="4163" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D47839B" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="005620A4" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="005620A4" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w14:paraId="5B72724B" w14:textId="77777777" w:rsidTr="00AB56E8">
-[...2 lines deleted...]
-            <w:tcW w:w="3304" w:type="dxa"/>
+      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w:rsidTr="00E11406">
+        <w:trPr>
+          <w:trHeight w:val="361"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3229" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57282C4E" w14:textId="4A63465D" w:rsidR="00AB56E8" w:rsidRPr="00784A6C" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="00784A6C" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00784A6C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>Bank Address (Chinese)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00EE0CCA">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">                </w:t>
             </w:r>
             <w:r w:rsidRPr="00784A6C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>* include zip code</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="036073F0" w14:textId="6A0A1C94" w:rsidR="00AB56E8" w:rsidRPr="00784A6C" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="00784A6C" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00784A6C">
               <w:rPr>
                 <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="SimSun" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>银行地址</w:t>
             </w:r>
             <w:r w:rsidRPr="00784A6C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
@@ -3101,314 +3304,791 @@
             <w:r w:rsidRPr="00784A6C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidRPr="00784A6C">
               <w:rPr>
                 <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="SimSun" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>含邮政编码</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4076" w:type="dxa"/>
+            <w:tcW w:w="4163" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="264C62AE" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="005620A4" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="005620A4" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w14:paraId="5141C219" w14:textId="77777777" w:rsidTr="00AB56E8">
-[...2 lines deleted...]
-            <w:tcW w:w="3304" w:type="dxa"/>
+      <w:tr w:rsidR="00AB56E8" w:rsidRPr="005620A4" w:rsidTr="00E11406">
+        <w:trPr>
+          <w:trHeight w:val="361"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3229" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50979338" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="00784A6C" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="00784A6C" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00784A6C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>CNAPS Code</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61F79B5E" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="00784A6C" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="00784A6C" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00784A6C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">CNAPS </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00784A6C">
               <w:rPr>
                 <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="SimSun" w:hint="eastAsia"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>代码</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="4076" w:type="dxa"/>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4163" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73103EAF" w14:textId="77777777" w:rsidR="00AB56E8" w:rsidRPr="005620A4" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00AB56E8" w:rsidRPr="005620A4" w:rsidRDefault="00AB56E8" w:rsidP="00AB56E8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB1E68" w:rsidRPr="005620A4" w:rsidTr="00E11406">
+        <w:trPr>
+          <w:trHeight w:val="193"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7393" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EB1E68" w:rsidRPr="005620A4" w:rsidRDefault="0085148C" w:rsidP="0085148C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="13"/>
+                <w:szCs w:val="13"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0085148C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Additional Required Information for </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>India</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0085148C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Suppliers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB1E68" w:rsidRPr="005620A4" w:rsidTr="00E11406">
+        <w:trPr>
+          <w:trHeight w:val="193"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3229" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EB1E68" w:rsidRPr="0085148C" w:rsidRDefault="0085148C" w:rsidP="00AB56E8">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0085148C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>CIN No (In case of Ltd Company)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4163" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EB1E68" w:rsidRPr="005620A4" w:rsidRDefault="00EB1E68" w:rsidP="00AB56E8">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="13"/>
+                <w:szCs w:val="13"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB1E68" w:rsidRPr="005620A4" w:rsidTr="00E11406">
+        <w:trPr>
+          <w:trHeight w:val="205"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3229" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EB1E68" w:rsidRPr="00784A6C" w:rsidRDefault="00661576" w:rsidP="00AB56E8">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>PAN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4163" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EB1E68" w:rsidRPr="005620A4" w:rsidRDefault="00EB1E68" w:rsidP="00AB56E8">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="13"/>
+                <w:szCs w:val="13"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB1E68" w:rsidRPr="005620A4" w:rsidTr="00E11406">
+        <w:trPr>
+          <w:trHeight w:val="193"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3229" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EB1E68" w:rsidRPr="00784A6C" w:rsidRDefault="00661576" w:rsidP="00AB56E8">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>GSTIN No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4163" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EB1E68" w:rsidRPr="005620A4" w:rsidRDefault="00EB1E68" w:rsidP="00AB56E8">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="13"/>
+                <w:szCs w:val="13"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB1E68" w:rsidRPr="005620A4" w:rsidTr="00E11406">
+        <w:trPr>
+          <w:trHeight w:val="555"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3229" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EB1E68" w:rsidRDefault="00661576" w:rsidP="00AB56E8">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Is MSME Registered?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0085148C" w:rsidRDefault="0085148C" w:rsidP="00AB56E8">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0085148C" w:rsidRPr="00784A6C" w:rsidRDefault="0085148C" w:rsidP="00AB56E8">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4163" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EB1E68" w:rsidRPr="005620A4" w:rsidRDefault="00EB1E68" w:rsidP="00AB56E8">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="13"/>
+                <w:szCs w:val="13"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB1E68" w:rsidRPr="005620A4" w:rsidTr="00E11406">
+        <w:trPr>
+          <w:trHeight w:val="218"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3229" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EB1E68" w:rsidRPr="00784A6C" w:rsidRDefault="00661576" w:rsidP="00AB56E8">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Is e-Invoice applicable? </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC1077">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                          </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4163" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EB1E68" w:rsidRPr="005C08C6" w:rsidRDefault="00413BA9" w:rsidP="00AB56E8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:id w:val="-180749978"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00281F80" w:rsidRPr="00281F80">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00281F80" w:rsidRPr="00281F80">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes</w:t>
+            </w:r>
+            <w:r w:rsidR="00281F80">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00281F80" w:rsidRPr="00281F80">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00281F80">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:id w:val="-190456085"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00281F80" w:rsidRPr="00281F80">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00281F80" w:rsidRPr="00281F80">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00281F80">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkEnd w:id="5"/>
-    <w:p w14:paraId="3A7D3245" w14:textId="7AFF5853" w:rsidR="001D6AC5" w:rsidRDefault="00AB56E8" w:rsidP="00D37979">
+    <w:p w:rsidR="004717AB" w:rsidRDefault="0072400F" w:rsidP="004717AB">
       <w:pPr>
-        <w:spacing w:after="60"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="12"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00412D79">
+      <w:r w:rsidRPr="004717AB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="12"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r w:rsidR="00D43DF7" w:rsidRPr="00412D79">
+      <w:r w:rsidR="00D43DF7" w:rsidRPr="004717AB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="12"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
         </w:rPr>
         <w:t>**</w:t>
       </w:r>
-      <w:r w:rsidR="00212063" w:rsidRPr="00412D79">
+      <w:r w:rsidR="00212063" w:rsidRPr="004717AB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="12"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
         </w:rPr>
         <w:t>Please provide copy of W-9</w:t>
       </w:r>
-      <w:r w:rsidR="00D44536" w:rsidRPr="00412D79">
+      <w:r w:rsidR="0075148F" w:rsidRPr="004717AB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="12"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00212063" w:rsidRPr="00412D79">
+      <w:r w:rsidR="00212063" w:rsidRPr="004717AB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="12"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
         </w:rPr>
-        <w:t>or Business Registration certificate</w:t>
+        <w:t xml:space="preserve"> Business Registration certificate</w:t>
       </w:r>
-      <w:r w:rsidR="009C48D4" w:rsidRPr="00412D79">
+      <w:r w:rsidR="009C48D4" w:rsidRPr="004717AB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="12"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D43DF7" w:rsidRPr="00412D79">
+      <w:r w:rsidR="00D43DF7" w:rsidRPr="004717AB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="12"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
         </w:rPr>
-        <w:t xml:space="preserve">or other document </w:t>
+        <w:t>or other</w:t>
       </w:r>
-      <w:r w:rsidR="001D6AC5" w:rsidRPr="00412D79">
+      <w:r w:rsidR="004717AB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="12"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
         </w:rPr>
-        <w:t>supporting the ID # listed above</w:t>
+        <w:t xml:space="preserve"> country specific document supporting the ID# listed above.</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="004717AB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="8"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D7EF1" w:rsidRPr="004717AB" w:rsidRDefault="0072400F" w:rsidP="004717AB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="004717AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                              </w:t>
+      </w:r>
+      <w:r w:rsidR="00D43DF7" w:rsidRPr="004717AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004717AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="11"/>
+          <w:szCs w:val="11"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                           </w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="7195" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2515"/>
         <w:gridCol w:w="4680"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001665C5" w:rsidRPr="000927CF" w14:paraId="37FA743C" w14:textId="77777777" w:rsidTr="001D6AC5">
+      <w:tr w:rsidR="001665C5" w:rsidRPr="000927CF" w:rsidTr="001D6AC5">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="341"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7195" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="00B0F0"/>
           </w:tcPr>
-          <w:p w14:paraId="549A2140" w14:textId="593E6009" w:rsidR="000927CF" w:rsidRPr="001D6AC5" w:rsidRDefault="001665C5" w:rsidP="001D6AC5">
-[...1 lines deleted...]
-              <w:spacing w:line="276" w:lineRule="auto"/>
+          <w:p w:rsidR="000927CF" w:rsidRPr="001D6AC5" w:rsidRDefault="001665C5" w:rsidP="002B141B">
+            <w:pPr>
+              <w:spacing w:before="60" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6AC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Vendor</w:t>
             </w:r>
             <w:r w:rsidR="00D216B1" w:rsidRPr="001D6AC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -3485,1005 +4165,1316 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> changes</w:t>
             </w:r>
             <w:r w:rsidR="00031A9C" w:rsidRPr="001D6AC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF7BF2" w:rsidRPr="000927CF" w14:paraId="41180C22" w14:textId="77777777" w:rsidTr="008D7EF1">
+      <w:tr w:rsidR="00AF7BF2" w:rsidRPr="000927CF" w:rsidTr="008D7EF1">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="566"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2515" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A0869E3" w14:textId="2D3C809F" w:rsidR="000927CF" w:rsidRPr="00EA0ED7" w:rsidRDefault="006435FC" w:rsidP="009F54CC">
-[...69 lines deleted...]
-              <w:t>(last 3):</w:t>
+          <w:p w:rsidR="000927CF" w:rsidRPr="0079168A" w:rsidRDefault="00740BE8" w:rsidP="009F54CC">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Last three</w:t>
+            </w:r>
+            <w:r w:rsidR="0079168A" w:rsidRPr="0079168A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Qorvo paid invoice numbers:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FD31D4D" w14:textId="51F71F08" w:rsidR="00C00340" w:rsidRPr="000927CF" w:rsidRDefault="00C00340" w:rsidP="00D974A2">
+          <w:p w:rsidR="00C00340" w:rsidRPr="000927CF" w:rsidRDefault="00C00340" w:rsidP="00D974A2">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2B8F3956" w14:textId="57596E99" w:rsidR="001665C5" w:rsidRPr="00B35D83" w:rsidRDefault="001665C5" w:rsidP="00451273">
+    <w:p w:rsidR="001665C5" w:rsidRPr="00B35D83" w:rsidRDefault="001665C5" w:rsidP="002B141B">
       <w:pPr>
-        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="7100" w:type="dxa"/>
+        <w:tblW w:w="7195" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2393"/>
         <w:gridCol w:w="532"/>
-        <w:gridCol w:w="4175"/>
+        <w:gridCol w:w="4270"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0093183A" w:rsidRPr="000927CF" w14:paraId="32D58005" w14:textId="77777777" w:rsidTr="00EE0CCA">
+      <w:tr w:rsidR="0093183A" w:rsidRPr="000927CF" w:rsidTr="002B141B">
         <w:trPr>
           <w:trHeight w:val="307"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7100" w:type="dxa"/>
+            <w:tcW w:w="7195" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="00B0F0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73364B0A" w14:textId="77777777" w:rsidR="0093183A" w:rsidRPr="001D6AC5" w:rsidRDefault="0093183A" w:rsidP="007E4DE2">
-[...1 lines deleted...]
-              <w:spacing w:line="276" w:lineRule="auto"/>
+          <w:p w:rsidR="0093183A" w:rsidRPr="001D6AC5" w:rsidRDefault="0093183A" w:rsidP="002B141B">
+            <w:pPr>
+              <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6AC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>Authorization/ Certification</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0ED8EBAA" w14:textId="13641D35" w:rsidR="000927CF" w:rsidRPr="000927CF" w:rsidRDefault="000927CF" w:rsidP="001D6AC5">
+              <w:t>Authorization/Certification</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000927CF" w:rsidRPr="000927CF" w:rsidRDefault="000927CF" w:rsidP="001D6AC5">
             <w:pPr>
               <w:spacing w:line="120" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093183A" w:rsidRPr="000927CF" w14:paraId="75C4C7B8" w14:textId="77777777" w:rsidTr="00EE0CCA">
+      <w:tr w:rsidR="0093183A" w:rsidRPr="000927CF" w:rsidTr="002B141B">
         <w:trPr>
-          <w:trHeight w:val="614"/>
+          <w:trHeight w:val="575"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7100" w:type="dxa"/>
+            <w:tcW w:w="7195" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="178F4042" w14:textId="77777777" w:rsidR="00E13183" w:rsidRPr="006D7781" w:rsidRDefault="0093183A" w:rsidP="00C5179C">
-[...17 lines deleted...]
-            <w:r w:rsidR="00C5179C" w:rsidRPr="006D7781">
+          <w:p w:rsidR="00E13183" w:rsidRPr="006A5D0A" w:rsidRDefault="0075148F" w:rsidP="00C5179C">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">By signing this </w:t>
+            </w:r>
+            <w:r w:rsidR="002B141B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>form,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> w</w:t>
+            </w:r>
+            <w:r w:rsidR="0093183A" w:rsidRPr="006A5D0A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>e hereby certify that the information included in this form is correct and should be used to process Electronic Funds Transfers to the bank account listed.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C5179C" w:rsidRPr="006A5D0A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7DF687CD" w14:textId="5866257F" w:rsidR="000927CF" w:rsidRPr="006D7781" w:rsidRDefault="006D7781" w:rsidP="006D7781">
+          <w:p w:rsidR="000927CF" w:rsidRPr="00C26DD1" w:rsidRDefault="00C26DD1" w:rsidP="006D7781">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="0070C0"/>
-[...22 lines deleted...]
-              <w:t>(see Terms and Conditions)</w:t>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="EE0000"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>Note: Qorvo standard payment terms are N60 (see terms and conditions)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093183A" w:rsidRPr="000927CF" w14:paraId="539E630D" w14:textId="77777777" w:rsidTr="00EE0CCA">
+      <w:tr w:rsidR="0093183A" w:rsidRPr="000927CF" w:rsidTr="002B141B">
         <w:trPr>
-          <w:trHeight w:val="893"/>
+          <w:trHeight w:val="836"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2393" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="318C9C97" w14:textId="487CEB2C" w:rsidR="00D26A6F" w:rsidRPr="001D6AC5" w:rsidRDefault="0093183A" w:rsidP="00FB17B1">
+          <w:p w:rsidR="00D26A6F" w:rsidRPr="001D6AC5" w:rsidRDefault="0093183A" w:rsidP="00FB17B1">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6AC5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Authorized Signature</w:t>
             </w:r>
             <w:r w:rsidR="00054F46" w:rsidRPr="001D6AC5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">                    </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1EAE2854" w14:textId="7B56E31B" w:rsidR="000927CF" w:rsidRPr="00983CB3" w:rsidRDefault="001C1290" w:rsidP="006F2672">
+          <w:p w:rsidR="000927CF" w:rsidRPr="00983CB3" w:rsidRDefault="001C1290" w:rsidP="006F2672">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="150" w:hanging="180"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00983CB3">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">Certified </w:t>
             </w:r>
             <w:r w:rsidR="008D1F25" w:rsidRPr="00983CB3">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>eSignature</w:t>
             </w:r>
             <w:r w:rsidRPr="00983CB3">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> (ex; DocuSign)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="01D602A6" w14:textId="5026AF3C" w:rsidR="000927CF" w:rsidRPr="00983CB3" w:rsidRDefault="008D1F25" w:rsidP="00054F46">
+          <w:p w:rsidR="000927CF" w:rsidRPr="00983CB3" w:rsidRDefault="008D1F25" w:rsidP="00054F46">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="150" w:hanging="180"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00983CB3">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
-              <w:t>Handwritten/scanned signature</w:t>
+              <w:t>Handwritten</w:t>
             </w:r>
             <w:r w:rsidR="00054F46" w:rsidRPr="00983CB3">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="635A321A" w14:textId="1329B579" w:rsidR="000927CF" w:rsidRPr="00054F46" w:rsidRDefault="00602021" w:rsidP="00054F46">
+          <w:p w:rsidR="000927CF" w:rsidRPr="00054F46" w:rsidRDefault="00602021" w:rsidP="00054F46">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="150" w:hanging="180"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="11"/>
                 <w:szCs w:val="11"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00983CB3">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidR="008D1F25" w:rsidRPr="00983CB3">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>hop/seal</w:t>
             </w:r>
             <w:r w:rsidR="00054F46" w:rsidRPr="00983CB3">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t xml:space="preserve">               </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="000927CF" w:rsidRPr="00983CB3">
               <w:rPr>
                 <w:rFonts w:ascii="SimSun" w:eastAsia="SimSun" w:hAnsi="SimSun" w:cs="SimSun" w:hint="eastAsia"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>印章</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="4707" w:type="dxa"/>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4802" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="189C17A3" w14:textId="3A365933" w:rsidR="008D5219" w:rsidRPr="000927CF" w:rsidRDefault="008D5219" w:rsidP="00061C5E">
+          </w:tcPr>
+          <w:p w:rsidR="008D5219" w:rsidRPr="00C26DD1" w:rsidRDefault="008D5219" w:rsidP="00061C5E">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
-                <w:sz w:val="11"/>
-[...6 lines deleted...]
-              <w:rPr>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="006F2672" w:rsidRPr="00C26DD1" w:rsidRDefault="006F2672" w:rsidP="006F2672">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
-                <w:sz w:val="16"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="1640EBAF" w14:textId="1713FCED" w:rsidR="0093183A" w:rsidRPr="006F2672" w:rsidRDefault="008D5219" w:rsidP="008D5219">
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0093183A" w:rsidRPr="00C26DD1" w:rsidRDefault="00C26DD1" w:rsidP="008D5219">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...5 lines deleted...]
-                <w:color w:val="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="D7D2D9" w:themeColor="accent6" w:themeTint="66"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="D7D2D9" w:themeColor="accent6" w:themeTint="66"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidR="008D5219" w:rsidRPr="00C26DD1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="D7D2D9" w:themeColor="accent6" w:themeTint="66"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Typed signatures are not accepted</w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="D7D2D9" w:themeColor="accent6" w:themeTint="66"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006A5D0A" w:rsidRPr="00BA50AB" w:rsidRDefault="00C26DD1" w:rsidP="008D5219">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="D7D2D9" w:themeColor="accent6" w:themeTint="66"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidR="006A5D0A" w:rsidRPr="00C26DD1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="D7D2D9" w:themeColor="accent6" w:themeTint="66"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Cut and paste signatures are not accepted.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093183A" w:rsidRPr="000927CF" w14:paraId="48DFA710" w14:textId="77777777" w:rsidTr="00EE0CCA">
+      <w:tr w:rsidR="0093183A" w:rsidRPr="000927CF" w:rsidTr="002B141B">
         <w:trPr>
           <w:trHeight w:val="378"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2925" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28435C42" w14:textId="40318E22" w:rsidR="000927CF" w:rsidRPr="001D6AC5" w:rsidRDefault="0093183A" w:rsidP="0093183A">
+          <w:p w:rsidR="000927CF" w:rsidRPr="001D6AC5" w:rsidRDefault="0093183A" w:rsidP="0093183A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6AC5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Print Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4174" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3B3705A0" w14:textId="77777777" w:rsidR="0093183A" w:rsidRPr="001D6AC5" w:rsidRDefault="0093183A" w:rsidP="0093183A">
+            <w:tcW w:w="4270" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0093183A" w:rsidRPr="001D6AC5" w:rsidRDefault="0093183A" w:rsidP="0093183A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093183A" w:rsidRPr="000927CF" w14:paraId="327ADBE6" w14:textId="77777777" w:rsidTr="00EE0CCA">
+      <w:tr w:rsidR="0093183A" w:rsidRPr="000927CF" w:rsidTr="002B141B">
         <w:trPr>
           <w:trHeight w:val="350"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2925" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7566EF95" w14:textId="0BA4F60F" w:rsidR="000927CF" w:rsidRPr="001D6AC5" w:rsidRDefault="0093183A" w:rsidP="0093183A">
+          <w:p w:rsidR="000927CF" w:rsidRPr="001D6AC5" w:rsidRDefault="0093183A" w:rsidP="0093183A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6AC5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Title/position:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4174" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="09022610" w14:textId="77777777" w:rsidR="0093183A" w:rsidRPr="001D6AC5" w:rsidRDefault="0093183A" w:rsidP="0093183A">
+            <w:tcW w:w="4270" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0093183A" w:rsidRPr="001D6AC5" w:rsidRDefault="0093183A" w:rsidP="0093183A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093183A" w:rsidRPr="000927CF" w14:paraId="2195542E" w14:textId="77777777" w:rsidTr="00EE0CCA">
+      <w:tr w:rsidR="0093183A" w:rsidRPr="000927CF" w:rsidTr="002B141B">
         <w:trPr>
-          <w:trHeight w:val="313"/>
+          <w:trHeight w:val="323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2925" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E801F0A" w14:textId="20E9978C" w:rsidR="000927CF" w:rsidRPr="001D6AC5" w:rsidRDefault="0093183A" w:rsidP="0093183A">
+          <w:p w:rsidR="000927CF" w:rsidRPr="001D6AC5" w:rsidRDefault="0093183A" w:rsidP="0093183A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D6AC5">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Date </w:t>
             </w:r>
             <w:r w:rsidRPr="001D6AC5">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(month/day/year):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4174" w:type="dxa"/>
-[...9 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4270" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0093183A" w:rsidRPr="00C26DD1" w:rsidRDefault="00747792" w:rsidP="006A5D0A">
+            <w:pPr>
+              <w:spacing w:before="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="D7D2D9" w:themeColor="accent6" w:themeTint="66"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>This form is v</w:t>
+            </w:r>
+            <w:r w:rsidR="006A5D0A" w:rsidRPr="00C26DD1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="D7D2D9" w:themeColor="accent6" w:themeTint="66"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">alid for 120 days from </w:t>
+            </w:r>
+            <w:r w:rsidR="00574F7D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="D7D2D9" w:themeColor="accent6" w:themeTint="66"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:r w:rsidR="006A5D0A" w:rsidRPr="00C26DD1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="D7D2D9" w:themeColor="accent6" w:themeTint="66"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
+              </w:rPr>
+              <w:t>date signed</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="page" w:horzAnchor="page" w:tblpX="8034" w:tblpY="8965"/>
         <w:tblW w:w="15200" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1170"/>
         <w:gridCol w:w="6210"/>
         <w:gridCol w:w="7820"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F74E0F" w:rsidRPr="00FF673E" w14:paraId="34B4EFDB" w14:textId="77777777" w:rsidTr="000C1BA2">
+      <w:tr w:rsidR="00F74E0F" w:rsidRPr="00FF673E" w:rsidTr="00E11406">
         <w:trPr>
-          <w:trHeight w:val="349"/>
+          <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7380" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A7660B0" w14:textId="77777777" w:rsidR="00F74E0F" w:rsidRPr="00FF673E" w:rsidRDefault="00F74E0F" w:rsidP="00AB56E8">
-[...8 lines deleted...]
-                <w:u w:val="single"/>
+          <w:p w:rsidR="00F74E0F" w:rsidRPr="0085148C" w:rsidRDefault="00F74E0F" w:rsidP="0085148C">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6A680C83" w14:textId="77777777" w:rsidR="00F74E0F" w:rsidRPr="00AB01AF" w:rsidRDefault="00F74E0F" w:rsidP="00AB56E8">
+          </w:tcPr>
+          <w:p w:rsidR="00F74E0F" w:rsidRPr="00AB01AF" w:rsidRDefault="00F74E0F" w:rsidP="00AB56E8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="11"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA6076" w:rsidRPr="00FF673E" w14:paraId="64B93306" w14:textId="77777777" w:rsidTr="000C1BA2">
+      <w:tr w:rsidR="00EA6076" w:rsidRPr="0085148C" w:rsidTr="00466E05">
         <w:trPr>
-          <w:trHeight w:val="349"/>
+          <w:trHeight w:val="816"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7380" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5796713C" w14:textId="77777777" w:rsidR="00EA6076" w:rsidRPr="00EE0CCA" w:rsidRDefault="00EA6076" w:rsidP="00AB56E8">
-[...26 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="006552B8" w:rsidRPr="00007D3A" w:rsidRDefault="00007D3A" w:rsidP="00E11406">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00007D3A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EC1077">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                </w:t>
+            </w:r>
+            <w:r w:rsidR="00281F80" w:rsidRPr="00281F80">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006552B8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:id w:val="-192304884"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00E11406">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="006552B8" w:rsidRPr="00007D3A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006552B8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Yes – Please provide MSME Certificate</w:t>
+            </w:r>
+            <w:r w:rsidR="006552B8" w:rsidRPr="00007D3A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidR="006552B8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">              </w:t>
+            </w:r>
+            <w:r w:rsidR="006552B8" w:rsidRPr="00007D3A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006552B8" w:rsidRPr="00661576" w:rsidRDefault="00413BA9" w:rsidP="006552B8">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:b/>
+                  <w:bCs/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:id w:val="-1094777539"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="002954B5">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="006552B8" w:rsidRPr="00007D3A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006552B8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+            <w:r w:rsidR="006552B8" w:rsidRPr="00007D3A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Please </w:t>
+            </w:r>
+            <w:r w:rsidR="006552B8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>complete</w:t>
+            </w:r>
+            <w:r w:rsidR="006552B8" w:rsidRPr="00007D3A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006552B8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>declaration requirement in Page 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000C1BA2" w:rsidRPr="002954B5" w:rsidRDefault="002954B5" w:rsidP="002954B5">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
-                <w:u w:val="single"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
-                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>(**</w:t>
+            </w:r>
+            <w:r w:rsidR="00E11406" w:rsidRPr="002954B5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>Section C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="12"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EB1E68" w:rsidRPr="00661576" w:rsidRDefault="00EB1E68" w:rsidP="00AB56E8">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00EB1E68" w:rsidRPr="00563D73" w:rsidRDefault="00EB1E68" w:rsidP="00AB56E8">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="565A63F3" w14:textId="77777777" w:rsidR="00EA6076" w:rsidRPr="00AB01AF" w:rsidRDefault="00EA6076" w:rsidP="00AB56E8">
+          </w:tcPr>
+          <w:p w:rsidR="00EA6076" w:rsidRPr="0085148C" w:rsidRDefault="00EA6076" w:rsidP="00AB56E8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-                <w:szCs w:val="11"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F74E0F" w:rsidRPr="00FF673E" w14:paraId="5717601F" w14:textId="1153E2D8" w:rsidTr="000C1BA2">
+      <w:tr w:rsidR="00F74E0F" w:rsidRPr="00FF673E" w:rsidTr="000C1BA2">
         <w:trPr>
           <w:trHeight w:val="277"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7380" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="00B0F0"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="30C6D648" w14:textId="77777777" w:rsidR="00F74E0F" w:rsidRPr="00FA3737" w:rsidRDefault="00F74E0F" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00F74E0F" w:rsidRPr="00FA3737" w:rsidRDefault="00F74E0F" w:rsidP="00AB56E8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="11"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF673E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="11"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Shipping:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5A32268D" w14:textId="77777777" w:rsidR="00F74E0F" w:rsidRPr="00AB01AF" w:rsidRDefault="00F74E0F" w:rsidP="00AB56E8">
+          </w:tcPr>
+          <w:p w:rsidR="00F74E0F" w:rsidRPr="00AB01AF" w:rsidRDefault="00F74E0F" w:rsidP="00AB56E8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="11"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F74E0F" w:rsidRPr="00FF673E" w14:paraId="452F0649" w14:textId="2CED952A" w:rsidTr="000C1BA2">
+      <w:tr w:rsidR="00F74E0F" w:rsidRPr="00FF673E" w:rsidTr="00E11406">
         <w:trPr>
-          <w:trHeight w:val="682"/>
+          <w:trHeight w:val="429"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6C37890A" w14:textId="77777777" w:rsidR="00F74E0F" w:rsidRDefault="00F74E0F" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00F74E0F" w:rsidRDefault="00F74E0F" w:rsidP="00AB56E8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="16" w:name="OLE_LINK18"/>
             <w:bookmarkStart w:id="17" w:name="_Hlk152251041"/>
           </w:p>
-          <w:p w14:paraId="36CF688B" w14:textId="74C60841" w:rsidR="00F74E0F" w:rsidRPr="00FA3737" w:rsidRDefault="00F74E0F" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00F74E0F" w:rsidRPr="00FA3737" w:rsidRDefault="00F74E0F" w:rsidP="00AB56E8">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA3737">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Incoterms 1:</w:t>
             </w:r>
             <w:bookmarkEnd w:id="16"/>
           </w:p>
-          <w:p w14:paraId="4DEA69D2" w14:textId="66DF0638" w:rsidR="00F74E0F" w:rsidRPr="00CC343A" w:rsidRDefault="00F74E0F" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00F74E0F" w:rsidRPr="00CC343A" w:rsidRDefault="00F74E0F" w:rsidP="00AB56E8">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="18" w:name="OLE_LINK19"/>
         <w:bookmarkStart w:id="19" w:name="OLE_LINK15"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6210" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="36F4160C" w14:textId="3B873652" w:rsidR="00F74E0F" w:rsidRDefault="00D37979" w:rsidP="000C1BA2">
+          <w:p w:rsidR="0075148F" w:rsidRDefault="00413BA9" w:rsidP="002B141B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="1869789350"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F74E0F">
+                <w:r w:rsidR="00007D3A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F74E0F" w:rsidRPr="00CC343A">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> FCA-Free Carrier       </w:t>
+              <w:t xml:space="preserve"> FCA-Free Carrier  </w:t>
+            </w:r>
+            <w:r w:rsidR="002B141B">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:r w:rsidR="00F74E0F" w:rsidRPr="00CC343A">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
             </w:r>
             <w:bookmarkStart w:id="20" w:name="OLE_LINK20"/>
             <w:r w:rsidR="00F74E0F">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:bookmarkStart w:id="21" w:name="OLE_LINK8"/>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="1142847256"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -4499,462 +5490,288 @@
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F74E0F">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> EXW – Ex Works</w:t>
             </w:r>
             <w:bookmarkEnd w:id="20"/>
             <w:r w:rsidR="00F74E0F">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F74E0F" w:rsidRPr="00CC343A">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
+            <w:r w:rsidR="002B141B">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
             <w:r w:rsidR="00F74E0F">
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:sdt>
-[...68 lines deleted...]
-            </w:r>
             <w:bookmarkEnd w:id="21"/>
-            <w:sdt>
-[...61 lines deleted...]
-            </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="1256091175"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F74E0F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F74E0F">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> DDP – Delivered Duty Paid</w:t>
             </w:r>
             <w:r w:rsidR="000C1BA2">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
             <w:r w:rsidR="00F74E0F">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
+          </w:p>
+          <w:p w:rsidR="00F74E0F" w:rsidRPr="002B141B" w:rsidRDefault="00413BA9" w:rsidP="002B141B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-342081781"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000C1BA2">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F74E0F">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> DAP – Deliver at Place</w:t>
             </w:r>
-            <w:bookmarkStart w:id="23" w:name="OLE_LINK26"/>
-[...66 lines deleted...]
-              <w:t xml:space="preserve">   </w:t>
+            <w:bookmarkStart w:id="22" w:name="OLE_LINK26"/>
+            <w:bookmarkEnd w:id="22"/>
+            <w:r w:rsidR="0075148F">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                 </w:t>
+            </w:r>
+            <w:r w:rsidR="002B141B">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+            <w:r w:rsidR="0075148F">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-972370180"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F74E0F">
+                <w:r w:rsidR="00E11406">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F74E0F" w:rsidRPr="00CC343A">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> CPT – Carriage Paid to</w:t>
             </w:r>
-          </w:p>
-[...11 lines deleted...]
-            </w:pPr>
+            <w:bookmarkEnd w:id="18"/>
+            <w:bookmarkEnd w:id="19"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="318028F3" w14:textId="77777777" w:rsidR="00F74E0F" w:rsidRPr="00AB01AF" w:rsidRDefault="00F74E0F" w:rsidP="00AB56E8">
+          </w:tcPr>
+          <w:p w:rsidR="00F74E0F" w:rsidRPr="00AB01AF" w:rsidRDefault="00F74E0F" w:rsidP="00AB56E8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F74E0F" w:rsidRPr="00FF673E" w14:paraId="0CC4BE44" w14:textId="74174336" w:rsidTr="00D37979">
+      <w:tr w:rsidR="00F74E0F" w:rsidRPr="00FF673E" w:rsidTr="00D37979">
         <w:trPr>
           <w:trHeight w:val="381"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00031CDB" w14:textId="44305DD0" w:rsidR="00F74E0F" w:rsidRPr="00175E69" w:rsidRDefault="00F74E0F" w:rsidP="006D7781">
+          <w:p w:rsidR="00F74E0F" w:rsidRPr="00175E69" w:rsidRDefault="00F74E0F" w:rsidP="006D7781">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FA3737">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Incoterms 2:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6210" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07ACD71A" w14:textId="3DADFA8E" w:rsidR="00F74E0F" w:rsidRPr="00783C73" w:rsidRDefault="00D37979" w:rsidP="006D7781">
+          <w:p w:rsidR="00F74E0F" w:rsidRPr="00783C73" w:rsidRDefault="00413BA9" w:rsidP="006D7781">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:id w:val="-1567182608"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F74E0F">
                   <w:rPr>
@@ -5060,64 +5877,64 @@
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F74E0F" w:rsidRPr="00CC343A">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> Other:   _____________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7820" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B7A5592" w14:textId="77777777" w:rsidR="00F74E0F" w:rsidRPr="00AB01AF" w:rsidRDefault="00F74E0F" w:rsidP="00AB56E8">
+          <w:p w:rsidR="00F74E0F" w:rsidRPr="00AB01AF" w:rsidRDefault="00F74E0F" w:rsidP="00AB56E8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkEnd w:id="17"/>
-    <w:p w14:paraId="6B753B04" w14:textId="660CAD41" w:rsidR="00D8721E" w:rsidRPr="00EE0CCA" w:rsidRDefault="00946AE5">
+    <w:p w:rsidR="00D8721E" w:rsidRPr="00EE0CCA" w:rsidRDefault="00946AE5">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="11"/>
           <w:szCs w:val="11"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000927CF">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="11"/>
           <w:szCs w:val="11"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="001C6A2B" w:rsidRPr="000927CF">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="11"/>
           <w:szCs w:val="11"/>
         </w:rPr>
         <w:t>*EFT: Electronic Funds Transfer</w:t>
@@ -5246,2372 +6063,2107 @@
           <w:iCs/>
           <w:sz w:val="11"/>
           <w:szCs w:val="11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006A0003" w:rsidRPr="000927CF">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="11"/>
           <w:szCs w:val="11"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001211A3" w:rsidRPr="000927CF">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="11"/>
           <w:szCs w:val="11"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C8458CB" w14:textId="77777777" w:rsidR="00946AE5" w:rsidRPr="00FF673E" w:rsidRDefault="00946AE5" w:rsidP="00451273">
+    <w:p w:rsidR="00946AE5" w:rsidRPr="00FF673E" w:rsidRDefault="00946AE5" w:rsidP="00451273">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="11"/>
           <w:szCs w:val="11"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="304413C0" w14:textId="3EB68790" w:rsidR="00946AE5" w:rsidRPr="00FF673E" w:rsidRDefault="00946AE5" w:rsidP="00451273">
+    <w:p w:rsidR="00946AE5" w:rsidRPr="00FF673E" w:rsidRDefault="00946AE5" w:rsidP="00451273">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="11"/>
           <w:szCs w:val="11"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B7B7ED8" w14:textId="77777777" w:rsidR="00946AE5" w:rsidRPr="00FF673E" w:rsidRDefault="00946AE5" w:rsidP="00451273">
+    <w:p w:rsidR="00946AE5" w:rsidRPr="00FF673E" w:rsidRDefault="00946AE5" w:rsidP="00451273">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="11"/>
           <w:szCs w:val="11"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="183D8B41" w14:textId="77777777" w:rsidR="00FF673E" w:rsidRPr="00FF673E" w:rsidRDefault="00FF673E" w:rsidP="00451273">
+    <w:p w:rsidR="00FF673E" w:rsidRPr="00FF673E" w:rsidRDefault="00FF673E" w:rsidP="00451273">
       <w:pPr>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="11"/>
           <w:szCs w:val="11"/>
         </w:rPr>
         <w:sectPr w:rsidR="00FF673E" w:rsidRPr="00FF673E" w:rsidSect="00AB56E8">
           <w:headerReference w:type="default" r:id="rId13"/>
-          <w:footerReference w:type="default" r:id="rId14"/>
+          <w:footerReference w:type="even" r:id="rId14"/>
+          <w:footerReference w:type="default" r:id="rId15"/>
+          <w:footerReference w:type="first" r:id="rId16"/>
           <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
           <w:pgMar w:top="-1296" w:right="432" w:bottom="590" w:left="576" w:header="274" w:footer="144" w:gutter="0"/>
           <w:cols w:num="2" w:space="90"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="550D1DB8" w14:textId="77777777" w:rsidR="007F26FF" w:rsidRPr="00FF673E" w:rsidRDefault="007F26FF" w:rsidP="00335DF7">
+    <w:p w:rsidR="007F26FF" w:rsidRPr="00FF673E" w:rsidRDefault="007F26FF" w:rsidP="00335DF7">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14760" w:type="dxa"/>
         <w:tblInd w:w="-95" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4744"/>
         <w:gridCol w:w="10016"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004E30A9" w:rsidRPr="00FF673E" w14:paraId="33A5ABDE" w14:textId="77777777" w:rsidTr="00EE0CCA">
+      <w:tr w:rsidR="004E30A9" w:rsidRPr="00FF673E" w:rsidTr="00B859C4">
+        <w:trPr>
+          <w:trHeight w:val="359"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14760" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="00B0F0"/>
             <w:noWrap/>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50436DA4" w14:textId="77777777" w:rsidR="004E30A9" w:rsidRPr="00FF673E" w:rsidRDefault="004E30A9" w:rsidP="005C0B29">
+          <w:p w:rsidR="004E30A9" w:rsidRPr="00FF673E" w:rsidRDefault="004E30A9" w:rsidP="009E61E8">
+            <w:pPr>
+              <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="23" w:name="_Hlk152249669"/>
+            <w:r w:rsidRPr="00FF673E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>Bank Information * Section B</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FF673E" w:rsidRPr="00FF673E" w:rsidRDefault="00FF673E" w:rsidP="009E61E8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="24" w:name="_Hlk152249669"/>
-[...67 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E30A9" w:rsidRPr="00FF673E" w14:paraId="42E36A63" w14:textId="77777777" w:rsidTr="00EE0CCA">
+      <w:tr w:rsidR="004E30A9" w:rsidRPr="00FF673E" w:rsidTr="009E61E8">
+        <w:trPr>
+          <w:trHeight w:val="440"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14760" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A8CE55F" w14:textId="144E365B" w:rsidR="009645F6" w:rsidRPr="002C4FC8" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
-            <w:pPr>
+          <w:p w:rsidR="009645F6" w:rsidRPr="009E61E8" w:rsidRDefault="004E30A9" w:rsidP="00C26DD1">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="17"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="002C4FC8">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E61E8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="17"/>
-                <w:szCs w:val="17"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve">Qorvo is a global entity and as a Qorvo supplier, you may provide goods/services domestically and/or internationally.  </w:t>
             </w:r>
-            <w:r w:rsidR="00CC343A" w:rsidRPr="002C4FC8">
+            <w:r w:rsidR="00CC343A" w:rsidRPr="009E61E8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="17"/>
-                <w:szCs w:val="17"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>If multiple account options are required, please indicate additional banking details below:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="75BF31B9" w14:textId="252D6E21" w:rsidR="00FF673E" w:rsidRPr="009251B6" w:rsidRDefault="00FF673E" w:rsidP="004E30A9">
+          <w:p w:rsidR="00FF673E" w:rsidRPr="009E61E8" w:rsidRDefault="00FF673E" w:rsidP="004E30A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="16"/>
-[...73 lines deleted...]
-            </w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E30A9" w:rsidRPr="00FF673E" w14:paraId="0F2FC715" w14:textId="77777777" w:rsidTr="00EE0CCA">
+      <w:tr w:rsidR="004E30A9" w:rsidRPr="00FF673E" w:rsidTr="00EE0CCA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14760" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="726B5B4F" w14:textId="77777777" w:rsidR="004E30A9" w:rsidRPr="001218DA" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
+          <w:p w:rsidR="004E30A9" w:rsidRPr="001218DA" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001218DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>*Only complete this page if Banking Information on page 1 requires additional detail*</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="29752C43" w14:textId="1B9ADCB0" w:rsidR="00FF673E" w:rsidRPr="00FF673E" w:rsidRDefault="00FF673E" w:rsidP="004E30A9">
+          <w:p w:rsidR="00FF673E" w:rsidRPr="00FF673E" w:rsidRDefault="00FF673E" w:rsidP="004E30A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FF673E">
-[...68 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E30A9" w:rsidRPr="00FF673E" w14:paraId="264D9893" w14:textId="77777777" w:rsidTr="00EE0CCA">
+      <w:tr w:rsidR="004E30A9" w:rsidRPr="00FF673E" w:rsidTr="009907F7">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="288"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="51572DC0" w14:textId="77777777" w:rsidR="004E30A9" w:rsidRPr="002C4FC8" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
+          <w:p w:rsidR="00181BFE" w:rsidRPr="00181BFE" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C4FC8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
-              <w:t>Bank Name:</w:t>
-[...3 lines deleted...]
-            <w:pPr>
+              <w:t>Bank Name</w:t>
+            </w:r>
+            <w:r w:rsidR="00181BFE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="13"/>
-[...19 lines deleted...]
-                <w:szCs w:val="13"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10016" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="751AF59E" w14:textId="77777777" w:rsidR="004E30A9" w:rsidRPr="00FF673E" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
+          <w:p w:rsidR="004E30A9" w:rsidRPr="00FF673E" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF673E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E31D02" w:rsidRPr="00FF673E" w14:paraId="64F9DDF2" w14:textId="77777777" w:rsidTr="00EE0CCA">
+      <w:tr w:rsidR="00E31D02" w:rsidRPr="00FF673E" w:rsidTr="00DB4726">
         <w:trPr>
-          <w:trHeight w:val="51"/>
+          <w:trHeight w:hRule="exact" w:val="244"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14760" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C2850EC" w14:textId="579B8490" w:rsidR="006E6A6C" w:rsidRPr="001218DA" w:rsidRDefault="00E31D02" w:rsidP="008049C8">
+          <w:p w:rsidR="00FF673E" w:rsidRPr="009E61E8" w:rsidRDefault="00E31D02" w:rsidP="009E61E8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="25" w:name="OLE_LINK13"/>
+            <w:bookmarkStart w:id="24" w:name="OLE_LINK13"/>
             <w:r w:rsidRPr="001218DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Complete the following section for ACH (</w:t>
             </w:r>
             <w:r w:rsidR="000B0848" w:rsidRPr="001218DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>within country</w:t>
             </w:r>
             <w:r w:rsidRPr="001218DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>) Payments</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="25"/>
-[...71 lines deleted...]
-            </w:r>
+            <w:bookmarkEnd w:id="24"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="24"/>
-      <w:tr w:rsidR="004E30A9" w:rsidRPr="00FF673E" w14:paraId="0BAA42E4" w14:textId="77777777" w:rsidTr="00EE0CCA">
+      <w:bookmarkEnd w:id="23"/>
+      <w:tr w:rsidR="004E30A9" w:rsidRPr="00FF673E" w:rsidTr="009907F7">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="288"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C799A15" w14:textId="77777777" w:rsidR="004E30A9" w:rsidRPr="002C4FC8" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
+          <w:p w:rsidR="00FF673E" w:rsidRPr="00181BFE" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C4FC8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Bank Key/ABA/Routing Domestic (ACH)</w:t>
-            </w:r>
-[...51 lines deleted...]
-              <w:t>(ACH)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10016" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="64C599CD" w14:textId="77777777" w:rsidR="004E30A9" w:rsidRPr="00FF673E" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
+          <w:p w:rsidR="004E30A9" w:rsidRPr="00FF673E" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF673E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E30A9" w:rsidRPr="00FF673E" w14:paraId="63D9CAC7" w14:textId="77777777" w:rsidTr="00EE0CCA">
+      <w:tr w:rsidR="004E30A9" w:rsidRPr="00FF673E" w:rsidTr="009907F7">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="288"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2565DC21" w14:textId="77777777" w:rsidR="004E30A9" w:rsidRPr="002C4FC8" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
+          <w:p w:rsidR="00FF673E" w:rsidRPr="00181BFE" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C4FC8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Domestic (</w:t>
             </w:r>
             <w:r w:rsidRPr="002C4FC8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Within Country</w:t>
             </w:r>
             <w:r w:rsidRPr="002C4FC8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>) Bank Account Number:</w:t>
-            </w:r>
-[...69 lines deleted...]
-              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10016" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="075BB274" w14:textId="77777777" w:rsidR="004E30A9" w:rsidRPr="00FF673E" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
+          <w:p w:rsidR="004E30A9" w:rsidRPr="00FF673E" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF673E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E30A9" w:rsidRPr="00FF673E" w14:paraId="29C617E6" w14:textId="77777777" w:rsidTr="00EE0CCA">
+      <w:tr w:rsidR="004E30A9" w:rsidRPr="00FF673E" w:rsidTr="009907F7">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="288"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="11D3E74E" w14:textId="77777777" w:rsidR="004E30A9" w:rsidRPr="002C4FC8" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
+          <w:p w:rsidR="00FF673E" w:rsidRPr="00181BFE" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C4FC8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Payment Currency</w:t>
             </w:r>
             <w:r w:rsidRPr="002C4FC8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:eastAsia="zh-CN"/>
-[...29 lines deleted...]
-                <w:szCs w:val="13"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10016" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A2147A3" w14:textId="77777777" w:rsidR="004E30A9" w:rsidRPr="00FF673E" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
+          <w:p w:rsidR="004E30A9" w:rsidRPr="00FF673E" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FF673E">
-[...10 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E30A9" w:rsidRPr="00FF673E" w14:paraId="6FF0F5B0" w14:textId="77777777" w:rsidTr="00EE0CCA">
+      <w:tr w:rsidR="004E30A9" w:rsidRPr="00FF673E" w:rsidTr="009907F7">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="288"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="646E80FA" w14:textId="77777777" w:rsidR="004E30A9" w:rsidRPr="002C4FC8" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
+          <w:p w:rsidR="00FF673E" w:rsidRPr="00181BFE" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C4FC8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve">Name on Bank Account: </w:t>
             </w:r>
             <w:r w:rsidRPr="002C4FC8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>(English)</w:t>
-            </w:r>
-[...49 lines deleted...]
-              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10016" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="35935357" w14:textId="77777777" w:rsidR="004E30A9" w:rsidRPr="00FF673E" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
+          <w:p w:rsidR="004E30A9" w:rsidRPr="00FF673E" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF673E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E30A9" w:rsidRPr="00FF673E" w14:paraId="38719788" w14:textId="77777777" w:rsidTr="00EE0CCA">
+      <w:tr w:rsidR="004E30A9" w:rsidRPr="00FF673E" w:rsidTr="009907F7">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="288"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F58A10F" w14:textId="77777777" w:rsidR="004E30A9" w:rsidRPr="002C4FC8" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
+          <w:p w:rsidR="00FF673E" w:rsidRPr="00181BFE" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C4FC8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve">Name on Bank Account: </w:t>
             </w:r>
             <w:r w:rsidRPr="002C4FC8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>(Chinese)</w:t>
-            </w:r>
-[...49 lines deleted...]
-              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10016" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="61A956BE" w14:textId="77777777" w:rsidR="004E30A9" w:rsidRPr="00FF673E" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
+          <w:p w:rsidR="004E30A9" w:rsidRPr="00FF673E" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF673E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B0848" w:rsidRPr="00FF673E" w14:paraId="11409A1E" w14:textId="77777777" w:rsidTr="00EE0CCA">
+      <w:tr w:rsidR="000B0848" w:rsidRPr="00FF673E" w:rsidTr="00E11406">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="280"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14760" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="165306BA" w14:textId="7948ABA3" w:rsidR="000B0848" w:rsidRPr="001218DA" w:rsidRDefault="000B0848" w:rsidP="000B0848">
+          <w:p w:rsidR="000B0848" w:rsidRPr="001218DA" w:rsidRDefault="000B0848" w:rsidP="000B0848">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="27" w:name="_Hlk138170929"/>
+            <w:bookmarkStart w:id="25" w:name="_Hlk138170929"/>
             <w:r w:rsidRPr="001218DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Complete the following section for International Wires (cross-border) Payments</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3B5043AA" w14:textId="0B020AC8" w:rsidR="000B0848" w:rsidRPr="006E6A6C" w:rsidRDefault="00FF673E" w:rsidP="00FF673E">
+          <w:p w:rsidR="000B0848" w:rsidRPr="006E6A6C" w:rsidRDefault="000B0848" w:rsidP="00FF673E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006E6A6C">
-[...48 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="27"/>
-      <w:tr w:rsidR="004E30A9" w:rsidRPr="00FF673E" w14:paraId="243E2C0F" w14:textId="77777777" w:rsidTr="00EE0CCA">
+      <w:bookmarkEnd w:id="25"/>
+      <w:tr w:rsidR="004E30A9" w:rsidRPr="00FF673E" w:rsidTr="009907F7">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="288"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="68DD19A1" w14:textId="77777777" w:rsidR="004E30A9" w:rsidRPr="002C4FC8" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
+          <w:p w:rsidR="00FF673E" w:rsidRPr="00181BFE" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C4FC8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Bank Key/ABA/Routing International (Wires)</w:t>
-            </w:r>
-[...54 lines deleted...]
-              <w:t>：</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10016" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2031740F" w14:textId="77777777" w:rsidR="004E30A9" w:rsidRPr="00FF673E" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
+          <w:p w:rsidR="004E30A9" w:rsidRPr="00FF673E" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF673E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E30A9" w:rsidRPr="00FF673E" w14:paraId="30B42F69" w14:textId="77777777" w:rsidTr="00EE0CCA">
+      <w:tr w:rsidR="004E30A9" w:rsidRPr="00FF673E" w:rsidTr="009907F7">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="288"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E054091" w14:textId="77777777" w:rsidR="004E30A9" w:rsidRPr="002C4FC8" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
+          <w:p w:rsidR="00FF673E" w:rsidRPr="00181BFE" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C4FC8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>International (</w:t>
             </w:r>
             <w:r w:rsidRPr="002C4FC8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Cross-Border</w:t>
             </w:r>
             <w:r w:rsidRPr="002C4FC8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>) Bank Account Number:</w:t>
-            </w:r>
-[...72 lines deleted...]
-              <w:t>：</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10016" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="56E52B1F" w14:textId="77777777" w:rsidR="004E30A9" w:rsidRPr="00FF673E" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
+          <w:p w:rsidR="004E30A9" w:rsidRPr="00FF673E" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF673E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E30A9" w:rsidRPr="00FF673E" w14:paraId="374FEBF5" w14:textId="77777777" w:rsidTr="00EE0CCA">
+      <w:tr w:rsidR="004E30A9" w:rsidRPr="00FF673E" w:rsidTr="009907F7">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="288"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C2BC4DB" w14:textId="77777777" w:rsidR="004E30A9" w:rsidRPr="002C4FC8" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
+          <w:p w:rsidR="00FF673E" w:rsidRPr="00181BFE" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C4FC8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>Payment Currency:</w:t>
-            </w:r>
-[...29 lines deleted...]
-              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10016" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0890D534" w14:textId="77777777" w:rsidR="004E30A9" w:rsidRPr="00FF673E" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
+          <w:p w:rsidR="004E30A9" w:rsidRPr="00FF673E" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF673E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E30A9" w:rsidRPr="00FF673E" w14:paraId="7DCCAA7F" w14:textId="77777777" w:rsidTr="00EE0CCA">
+      <w:tr w:rsidR="004E30A9" w:rsidRPr="00FF673E" w:rsidTr="009907F7">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="288"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3ED50EB1" w14:textId="77777777" w:rsidR="004E30A9" w:rsidRPr="002C4FC8" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
+          <w:p w:rsidR="00FF673E" w:rsidRPr="00181BFE" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C4FC8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve">Name on Bank Account: </w:t>
             </w:r>
             <w:r w:rsidRPr="002C4FC8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>(English)</w:t>
-            </w:r>
-[...49 lines deleted...]
-              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10016" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="16CAD150" w14:textId="77777777" w:rsidR="004E30A9" w:rsidRPr="00FF673E" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
+          <w:p w:rsidR="004E30A9" w:rsidRPr="00FF673E" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF673E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E30A9" w:rsidRPr="00FF673E" w14:paraId="3193323F" w14:textId="77777777" w:rsidTr="00EE0CCA">
+      <w:tr w:rsidR="004E30A9" w:rsidRPr="00FF673E" w:rsidTr="00B859C4">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="288"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4CDB96C7" w14:textId="77777777" w:rsidR="004E30A9" w:rsidRPr="002C4FC8" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
+          <w:p w:rsidR="004E30A9" w:rsidRPr="002C4FC8" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C4FC8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t xml:space="preserve">Name on Bank Account: </w:t>
             </w:r>
             <w:r w:rsidRPr="002C4FC8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>(Chinese)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2FB5D26F" w14:textId="1F343F6A" w:rsidR="00FF673E" w:rsidRPr="006E6A6C" w:rsidRDefault="00FF673E" w:rsidP="004E30A9">
+          <w:p w:rsidR="00FF673E" w:rsidRPr="006E6A6C" w:rsidRDefault="00FF673E" w:rsidP="004E30A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006E6A6C">
-[...38 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10016" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D56AF62" w14:textId="77777777" w:rsidR="004E30A9" w:rsidRPr="00FF673E" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
+          <w:p w:rsidR="004E30A9" w:rsidRPr="00FF673E" w:rsidRDefault="004E30A9" w:rsidP="004E30A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF673E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0C140DC4" w14:textId="77777777" w:rsidR="00FF673E" w:rsidRPr="00FF673E" w:rsidRDefault="00FF673E" w:rsidP="00335DF7">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-95" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="14760"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009907F7" w:rsidTr="001F2E28">
+        <w:trPr>
+          <w:trHeight w:val="143"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14760" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009907F7" w:rsidRDefault="009907F7" w:rsidP="00335DF7">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DB4726" w:rsidTr="001F2E28">
+        <w:trPr>
+          <w:trHeight w:val="458"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14760" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="00B0F0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4726" w:rsidRPr="00E11406" w:rsidRDefault="00DB4726" w:rsidP="00DB4726">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E11406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>Additional Required Information for India Suppliers (Non-MSME Declaration)</w:t>
+            </w:r>
+            <w:r w:rsidR="00E11406">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ** Section C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009907F7" w:rsidTr="001F2E28">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14760" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009907F7" w:rsidRPr="00372CBE" w:rsidRDefault="009907F7" w:rsidP="009907F7">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372CBE">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t xml:space="preserve">QORVO SEMICONDUCTOR PRIVATE LIMITED </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009907F7" w:rsidRDefault="009907F7" w:rsidP="009907F7">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372CBE">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t xml:space="preserve">No. 43, Electronic City, Phase I, Hosur Road, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00372CBE">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Bangalore South, Bangalore – 560100</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009907F7" w:rsidRDefault="009907F7" w:rsidP="00335DF7">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009907F7" w:rsidTr="001F2E28">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14760" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009907F7" w:rsidRDefault="009907F7" w:rsidP="00335DF7">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009907F7" w:rsidTr="001F2E28">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14760" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009907F7" w:rsidRDefault="009907F7" w:rsidP="009907F7">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372CBE">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>Subject: Declaration regarding registration status of our firm/company under Micro,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009907F7" w:rsidTr="001F2E28">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14760" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009907F7" w:rsidRDefault="009907F7" w:rsidP="009907F7">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009907F7" w:rsidTr="001F2E28">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14760" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009907F7" w:rsidRDefault="009907F7" w:rsidP="009907F7">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E11406">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I/We, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>[----Name of Vendor/Supplier----]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t xml:space="preserve">hereby affirm that currently we are </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>NOT REGISTERED ENTERPRISES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> under MSME Act. I/we further assure that, if in future, we get registered under MSME Act, we will inform you immediately. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009907F7" w:rsidRDefault="009907F7" w:rsidP="009907F7">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009907F7" w:rsidTr="001F2E28">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14760" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="009907F7" w:rsidRDefault="009907F7" w:rsidP="009907F7">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009907F7" w:rsidTr="001F2E28">
+        <w:trPr>
+          <w:trHeight w:val="603"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14760" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DB4726" w:rsidRDefault="00DB4726" w:rsidP="00DB4726">
+            <w:pPr>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00372CBE">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>Declaration:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-IN"/>
+              </w:rPr>
+              <w:t>I/we declare that information furnished above is true and correct to the best of our knowledge and belief. In case if there is any change in the information furnished above, we will inform you accordingly.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0070639B" w:rsidRDefault="0070639B" w:rsidP="0070639B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpX="-95" w:tblpY="11"/>
+        <w:tblW w:w="14755" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4537"/>
+        <w:gridCol w:w="10218"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001F2E28" w:rsidTr="001F2E28">
+        <w:trPr>
+          <w:trHeight w:val="485"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4537" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F2E28" w:rsidRPr="00B859C4" w:rsidRDefault="001F2E28" w:rsidP="001F2E28">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Authorised</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Signatory:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10218" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F2E28" w:rsidRDefault="001F2E28" w:rsidP="001F2E28">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="D7D2D9" w:themeColor="accent6" w:themeTint="66"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="D7D2D9" w:themeColor="accent6" w:themeTint="66"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>*Typed signatures are not accepted.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F2E28" w:rsidRDefault="001F2E28" w:rsidP="001F2E28">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="D7D2D9" w:themeColor="accent6" w:themeTint="66"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>*Cut and paste signatures are not accepted.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F2E28" w:rsidTr="001F2E28">
+        <w:trPr>
+          <w:trHeight w:val="368"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4537" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F2E28" w:rsidRPr="00B859C4" w:rsidRDefault="001F2E28" w:rsidP="001F2E28">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vendor/Supplier/Company Name: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10218" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F2E28" w:rsidRDefault="001F2E28" w:rsidP="001F2E28">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F2E28" w:rsidTr="001F2E28">
+        <w:trPr>
+          <w:trHeight w:val="359"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4537" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F2E28" w:rsidRDefault="001F2E28" w:rsidP="001F2E28">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Date (month/day/year):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10218" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="001F2E28" w:rsidRDefault="001F2E28" w:rsidP="001F2E28">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00FF673E" w:rsidRPr="00FF673E" w:rsidRDefault="00FF673E" w:rsidP="00335DF7">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
         <w:sectPr w:rsidR="00FF673E" w:rsidRPr="00FF673E" w:rsidSect="00FA1284">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
           <w:pgMar w:top="-1296" w:right="288" w:bottom="590" w:left="720" w:header="270" w:footer="144" w:gutter="0"/>
           <w:cols w:space="90"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0AC1B191" w14:textId="4101F385" w:rsidR="0083562B" w:rsidRPr="00FF673E" w:rsidRDefault="0083562B" w:rsidP="00335DF7">
+    <w:p w:rsidR="00007D3A" w:rsidRPr="00FF673E" w:rsidRDefault="00007D3A" w:rsidP="00335DF7">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02E80D5C" w14:textId="77777777" w:rsidR="0038196F" w:rsidRPr="00FF673E" w:rsidRDefault="0038196F" w:rsidP="00335DF7">
-[...7 lines deleted...]
-    <w:sectPr w:rsidR="0038196F" w:rsidRPr="00FF673E" w:rsidSect="00FA1284">
+    <w:sectPr w:rsidR="00007D3A" w:rsidRPr="00FF673E" w:rsidSect="00FA1284">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="-1296" w:right="288" w:bottom="590" w:left="720" w:header="270" w:footer="144" w:gutter="0"/>
       <w:cols w:num="2" w:space="90"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7065D811" w14:textId="77777777" w:rsidR="00690043" w:rsidRDefault="00690043" w:rsidP="00C061A2">
+    <w:p w:rsidR="00413BA9" w:rsidRDefault="00413BA9" w:rsidP="00C061A2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="55BE7D28" w14:textId="77777777" w:rsidR="00690043" w:rsidRDefault="00690043" w:rsidP="00C061A2">
+    <w:p w:rsidR="00413BA9" w:rsidRDefault="00413BA9" w:rsidP="00C061A2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -7647,355 +8199,740 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian Light">
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="675AB88C" w14:textId="5C9C0274" w:rsidR="00C5179C" w:rsidRPr="00C50FEB" w:rsidRDefault="00C5179C" w:rsidP="00662EA1">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="006A5D0A" w:rsidRDefault="006A5D0A">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="520C2893" wp14:editId="3F9F1B80">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="2033270" cy="330200"/>
+              <wp:effectExtent l="0" t="0" r="5080" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="963032620" name="Text Box 2" descr="© 2025 Qorvo US, Inc. – All Rights Reserved">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="2033270" cy="330200"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w:rsidR="006A5D0A" w:rsidRPr="006A5D0A" w:rsidRDefault="006A5D0A" w:rsidP="006A5D0A">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="006A5D0A">
+                            <w:rPr>
+                              <w:rFonts w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t>© 2025 Qorvo US, Inc. – All Rights Reserved</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="520C2893" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="© 2025 Qorvo US, Inc. – All Rights Reserved" style="position:absolute;margin-left:0;margin-top:0;width:160.1pt;height:26pt;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAVIXdJCQIAABYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+wk2JcRp8haZBhQ&#10;tAXSoWdFlmMDkihQSuzs14+S7WTrdhp2kWmS4sd7T6ub3mh2UuhbsCWfz3LOlJVQtfZQ8u/P23ef&#10;OPNB2EposKrkZ+X5zfrtm1XnCrWABnSlkFER64vOlbwJwRVZ5mWjjPAzcMpSsAY0ItAvHrIKRUfV&#10;jc4Wef4h6wArhyCV9+S9G4J8nerXtZLhsa69CkyXnGYL6cR07uOZrVeiOKBwTSvHMcQ/TGFEa6np&#10;pdSdCIIdsf2jlGklgoc6zCSYDOq6lSrtQNvM81fb7BrhVNqFwPHuApP/f2Xlw2nnnpCF/gv0RGAE&#10;pHO+8OSM+/Q1mvilSRnFCcLzBTbVBybJuciXy8VHCkmKLZc58RLLZNfbDn34qsCwaJQciZaEljjd&#10;+zCkTimxmYVtq3WiRtvfHFQzerLriNEK/b4f595DdaZ1EAamvZPblnreCx+eBBK1NCbJNTzSUWvo&#10;Sg6jxVkD+ONv/phPiFOUs46kUnJLWuZMf7PERFTVZOBk7JMx/5y/JyyYPZpbIAHO6S04mUzyYtCT&#10;WSOYFxLyJjaikLCS2pV8P5m3YdAsPQSpNpuURAJyItzbnZOxdMQpgvjcvwh0I9KBOHqASUeieAX4&#10;kBtverc5BoI9sRExHYAcoSbxJT7HhxLV/et/yro+5/VPAAAA//8DAFBLAwQUAAYACAAAACEAnJO9&#10;N9oAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTUvEMBCG74L/IYzgzU1MUaQ2XWTB04qwHxdv&#10;2WS2rTaT0qS73X/v6EUvA8P78swz1XIOvTjhmLpIBu4XCgSSi76jxsB+93r3BCJlS972kdDABRMs&#10;6+urypY+nmmDp21uBEMoldZAm/NQSplci8GmRRyQODvGMdjM69hIP9ozw0MvtVKPMtiO+EJrB1y1&#10;6L62UzDwsMlv0zvtio9ZXz7Xw8oVx7Uz5vZmfnkGkXHOf2X40Wd1qNnpECfySfQG+JH8OzkrtNIg&#10;DgzWCmRdyf/y9TcAAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAFSF3SQkCAAAWBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAnJO9N9oAAAAEAQAA&#10;DwAAAAAAAAAAAAAAAABjBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGoFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w:rsidR="006A5D0A" w:rsidRPr="006A5D0A" w:rsidRDefault="006A5D0A" w:rsidP="006A5D0A">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="006A5D0A">
+                      <w:rPr>
+                        <w:rFonts w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>© 2025 Qorvo US, Inc. – All Rights Reserved</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00C5179C" w:rsidRPr="00C50FEB" w:rsidRDefault="006A5D0A" w:rsidP="00662EA1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="10080"/>
       </w:tabs>
       <w:spacing w:after="240"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00C50FEB">
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:noProof/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C6F57A4" wp14:editId="22E21E53">
+              <wp:simplePos x="365760" y="7426036"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="2033270" cy="330200"/>
+              <wp:effectExtent l="0" t="0" r="5080" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="480973879" name="Text Box 3" descr="© 2025 Qorvo US, Inc. – All Rights Reserved">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="2033270" cy="330200"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w:rsidR="006A5D0A" w:rsidRPr="006A5D0A" w:rsidRDefault="006A5D0A" w:rsidP="006A5D0A">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="006A5D0A">
+                            <w:rPr>
+                              <w:rFonts w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t>© 2025 Qorvo US, Inc. – All Rights Reserved</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="5C6F57A4" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 3" o:spid="_x0000_s1027" type="#_x0000_t202" alt="© 2025 Qorvo US, Inc. – All Rights Reserved" style="position:absolute;margin-left:0;margin-top:0;width:160.1pt;height:26pt;z-index:251660288;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA91KI0DAIAAB0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+wk2EeNOEXWIsOA&#10;oC2QDj0rshQbsESBUmJnv36UHCddt9Owi0yTFD/ee1rc9qZlR4W+AVvy6STnTFkJVWP3Jf/xvP7w&#10;hTMfhK1EC1aV/KQ8v12+f7foXKFmUENbKWRUxPqicyWvQ3BFlnlZKyP8BJyyFNSARgT6xX1Woeio&#10;ummzWZ5/yjrAyiFI5T1574cgX6b6WisZHrX2KrC25DRbSCemcxfPbLkQxR6Fqxt5HkP8wxRGNJaa&#10;XkrdiyDYAZs/SplGInjQYSLBZKB1I1XagbaZ5m+22dbCqbQLgePdBSb//8rKh+PWPSEL/VfoicAI&#10;SOd84ckZ9+k1mvilSRnFCcLTBTbVBybJOcvn89lnCkmKzec58RLLZNfbDn34psCwaJQciZaEljhu&#10;fBhSx5TYzMK6adtETWt/c1DN6MmuI0Yr9LueNdWr8XdQnWgrhIFw7+S6odYb4cOTQGKYpiXVhkc6&#10;dAtdyeFscVYD/vybP+YT8BTlrCPFlNySpDlrv1siJIprNHA0dsmY3uQfCRJmD+YOSIdTehJOJpO8&#10;GNrR1AjmhfS8io0oJKykdiXfjeZdGKRL70Gq1SolkY6cCBu7dTKWjnBFLJ/7F4HuDHggqh5glJMo&#10;3uA+5Mab3q0OgdBPpERoByDPiJMGE63n9xJF/vo/ZV1f9fIXAAAA//8DAFBLAwQUAAYACAAAACEA&#10;nJO9N9oAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTUvEMBCG74L/IYzgzU1MUaQ2XWTB04qw&#10;Hxdv2WS2rTaT0qS73X/v6EUvA8P78swz1XIOvTjhmLpIBu4XCgSSi76jxsB+93r3BCJlS972kdDA&#10;BRMs6+urypY+nmmDp21uBEMoldZAm/NQSplci8GmRRyQODvGMdjM69hIP9ozw0MvtVKPMtiO+EJr&#10;B1y16L62UzDwsMlv0zvtio9ZXz7Xw8oVx7Uz5vZmfnkGkXHOf2X40Wd1qNnpECfySfQG+JH8Ozkr&#10;tNIgDgzWCmRdyf/y9TcAAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAPdSiNAwCAAAdBAAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAnJO9N9oAAAAE&#10;AQAADwAAAAAAAAAAAAAAAABmBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAG0FAAAA&#10;AA==&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w:rsidR="006A5D0A" w:rsidRPr="006A5D0A" w:rsidRDefault="006A5D0A" w:rsidP="006A5D0A">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="006A5D0A">
+                      <w:rPr>
+                        <w:rFonts w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>© 2025 Qorvo US, Inc. – All Rights Reserved</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="00C5179C" w:rsidRPr="00C50FEB">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>Qorvo</w:t>
     </w:r>
-    <w:r w:rsidRPr="00C50FEB">
+    <w:r w:rsidR="00C5179C" w:rsidRPr="00C50FEB">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:vertAlign w:val="superscript"/>
       </w:rPr>
       <w:t>®</w:t>
     </w:r>
-    <w:r w:rsidRPr="00C50FEB">
+    <w:r w:rsidR="00C5179C" w:rsidRPr="00C50FEB">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve"> Confidential &amp; Proprietary Information </w:t>
     </w:r>
-    <w:r w:rsidRPr="00C50FEB">
+    <w:r w:rsidR="00C5179C" w:rsidRPr="00C50FEB">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00C5179C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00C5179C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00C5179C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00C5179C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidRPr="00C50FEB">
+    <w:r w:rsidR="00C5179C" w:rsidRPr="00C50FEB">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve">Template: </w:t>
     </w:r>
-    <w:r w:rsidRPr="00C50FEB">
+    <w:r w:rsidR="00C5179C" w:rsidRPr="00C50FEB">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve">FOR-000530 Rev </w:t>
     </w:r>
     <w:r w:rsidR="00CA2327">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>F</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="006A5D0A" w:rsidRDefault="006A5D0A">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4A165F2B" wp14:editId="5C1DE6BE">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="2033270" cy="330200"/>
+              <wp:effectExtent l="0" t="0" r="5080" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="310220083" name="Text Box 1" descr="© 2025 Qorvo US, Inc. – All Rights Reserved">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="2033270" cy="330200"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w:rsidR="006A5D0A" w:rsidRPr="006A5D0A" w:rsidRDefault="006A5D0A" w:rsidP="006A5D0A">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="006A5D0A">
+                            <w:rPr>
+                              <w:rFonts w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="18"/>
+                              <w:szCs w:val="18"/>
+                            </w:rPr>
+                            <w:t>© 2025 Qorvo US, Inc. – All Rights Reserved</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="4A165F2B" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 1" o:spid="_x0000_s1028" type="#_x0000_t202" alt="© 2025 Qorvo US, Inc. – All Rights Reserved" style="position:absolute;margin-left:0;margin-top:0;width:160.1pt;height:26pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKFXVyDQIAAB0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+wk2JcRp8haZBgQ&#10;tAXSoWdFlmIDsihQSuzs14+S42Rrexp2kWmS4sd7T4ubvjXsqNA3YEs+neScKSuhauy+5D+f1h++&#10;cOaDsJUwYFXJT8rzm+X7d4vOFWoGNZhKIaMi1hedK3kdgiuyzMtatcJPwClLQQ3YikC/uM8qFB1V&#10;b002y/NPWQdYOQSpvCfv3RDky1RfayXDg9ZeBWZKTrOFdGI6d/HMlgtR7FG4upHnMcQ/TNGKxlLT&#10;S6k7EQQ7YPOqVNtIBA86TCS0GWjdSJV2oG2m+YtttrVwKu1C4Hh3gcn/v7Ly/rh1j8hC/w16IjAC&#10;0jlfeHLGfXqNbfzSpIziBOHpApvqA5PknOXz+ewzhSTF5vOceIllsutthz58V9CyaJQciZaEljhu&#10;fBhSx5TYzMK6MSZRY+xfDqoZPdl1xGiFftezpqJJxvF3UJ1oK4SBcO/kuqHWG+HDo0BimKYl1YYH&#10;OrSBruRwtjirAX+95Y/5BDxFOetIMSW3JGnOzA9LhERxjQaOxi4Z06/5R4KE2UN7C6TDKT0JJ5NJ&#10;XgxmNDVC+0x6XsVGFBJWUruS70bzNgzSpfcg1WqVkkhHToSN3ToZS0e4IpZP/bNAdwY8EFX3MMpJ&#10;FC9wH3LjTe9Wh0DoJ1IitAOQZ8RJg4nW83uJIv/zP2VdX/XyNwAAAP//AwBQSwMEFAAGAAgAAAAh&#10;AJyTvTfaAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj01LxDAQhu+C/yGM4M1NTFGkNl1kwdOK&#10;sB8Xb9lktq02k9Kku91/7+hFLwPD+/LMM9VyDr044Zi6SAbuFwoEkou+o8bAfvd69wQiZUve9pHQ&#10;wAUTLOvrq8qWPp5pg6dtbgRDKJXWQJvzUEqZXIvBpkUckDg7xjHYzOvYSD/aM8NDL7VSjzLYjvhC&#10;awdctei+tlMw8LDJb9M77YqPWV8+18PKFce1M+b2Zn55BpFxzn9l+NFndajZ6RAn8kn0BviR/Ds5&#10;K7TSIA4M1gpkXcn/8vU3AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIoVdXINAgAAHQQA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJyTvTfaAAAA&#10;BAEAAA8AAAAAAAAAAAAAAAAAZwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABuBQAA&#10;AAA=&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w:rsidR="006A5D0A" w:rsidRPr="006A5D0A" w:rsidRDefault="006A5D0A" w:rsidP="006A5D0A">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="006A5D0A">
+                      <w:rPr>
+                        <w:rFonts w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="18"/>
+                        <w:szCs w:val="18"/>
+                      </w:rPr>
+                      <w:t>© 2025 Qorvo US, Inc. – All Rights Reserved</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="31A12500" w14:textId="77777777" w:rsidR="00690043" w:rsidRDefault="00690043" w:rsidP="00C061A2">
+    <w:p w:rsidR="00413BA9" w:rsidRDefault="00413BA9" w:rsidP="00C061A2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="62F60DE0" w14:textId="77777777" w:rsidR="00690043" w:rsidRDefault="00690043" w:rsidP="00C061A2">
+    <w:p w:rsidR="00413BA9" w:rsidRDefault="00413BA9" w:rsidP="00C061A2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="14850" w:type="dxa"/>
       <w:tblInd w:w="-10" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2898"/>
       <w:gridCol w:w="8689"/>
       <w:gridCol w:w="3263"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00C5179C" w:rsidRPr="005730F0" w14:paraId="18E36613" w14:textId="77777777" w:rsidTr="00D8721E">
+    <w:tr w:rsidR="00C5179C" w:rsidRPr="005730F0" w:rsidTr="009907F7">
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="2912" w:type="dxa"/>
+          <w:tcW w:w="2898" w:type="dxa"/>
           <w:vMerge w:val="restart"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="8" w:space="0" w:color="808080"/>
             <w:left w:val="single" w:sz="8" w:space="0" w:color="808080"/>
             <w:bottom w:val="single" w:sz="8" w:space="0" w:color="808080"/>
             <w:right w:val="single" w:sz="8" w:space="0" w:color="808080"/>
           </w:tcBorders>
           <w:tcMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tcMar>
           <w:vAlign w:val="center"/>
           <w:hideMark/>
         </w:tcPr>
-        <w:p w14:paraId="4979DE4D" w14:textId="7753794E" w:rsidR="00C5179C" w:rsidRPr="005730F0" w:rsidRDefault="00C5179C" w:rsidP="00AA7858">
+        <w:p w:rsidR="00C5179C" w:rsidRPr="005730F0" w:rsidRDefault="00C5179C" w:rsidP="00AA7858">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:ind w:left="2880" w:hanging="2880"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="005730F0">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="zh-CN"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3FE1B066" wp14:editId="05982AA4">
                 <wp:extent cx="1623695" cy="465827"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                <wp:docPr id="1623435515" name="Picture 1623435515"/>
+                <wp:docPr id="341761391" name="Picture 341761391"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Qorvo Logo_Crop.pdf"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1630375" cy="467744"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="9222" w:type="dxa"/>
+          <w:tcW w:w="8689" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="8" w:space="0" w:color="808080"/>
             <w:left w:val="nil"/>
             <w:bottom w:val="single" w:sz="8" w:space="0" w:color="808080"/>
             <w:right w:val="single" w:sz="8" w:space="0" w:color="808080"/>
           </w:tcBorders>
           <w:tcMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tcMar>
           <w:vAlign w:val="center"/>
           <w:hideMark/>
         </w:tcPr>
-        <w:p w14:paraId="63521C64" w14:textId="48B8DB53" w:rsidR="00CA521E" w:rsidRPr="00EA0ED7" w:rsidRDefault="004B1633" w:rsidP="00EA0ED7">
+        <w:p w:rsidR="00CA521E" w:rsidRPr="00EA0ED7" w:rsidRDefault="004B1633" w:rsidP="00EA0ED7">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:ind w:left="2880" w:hanging="2880"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:lang w:eastAsia="zh-CN"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t xml:space="preserve">Global </w:t>
           </w:r>
           <w:r w:rsidR="00C5179C" w:rsidRPr="00D6464F">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>Vendor EFT Form</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="2716" w:type="dxa"/>
+          <w:tcW w:w="3263" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="8" w:space="0" w:color="808080"/>
             <w:left w:val="nil"/>
             <w:bottom w:val="single" w:sz="8" w:space="0" w:color="808080"/>
             <w:right w:val="single" w:sz="8" w:space="0" w:color="808080"/>
           </w:tcBorders>
           <w:tcMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tcMar>
           <w:vAlign w:val="center"/>
           <w:hideMark/>
         </w:tcPr>
-        <w:p w14:paraId="60182229" w14:textId="51D83D6A" w:rsidR="00CA521E" w:rsidRPr="00EA0ED7" w:rsidRDefault="00C5179C" w:rsidP="00EA0ED7">
+        <w:p w:rsidR="00CA521E" w:rsidRPr="00EA0ED7" w:rsidRDefault="00C5179C" w:rsidP="00EA0ED7">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:ind w:left="2880" w:hanging="2880"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="zh-CN"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="005730F0">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Page</w:t>
           </w:r>
           <w:r w:rsidRPr="005730F0">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
@@ -8102,176 +9039,188 @@
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r w:rsidR="002D0D25">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:noProof/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
           <w:r w:rsidRPr="005730F0">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00C5179C" w:rsidRPr="005730F0" w14:paraId="1BF923DE" w14:textId="77777777" w:rsidTr="00D8721E">
+    <w:tr w:rsidR="00C5179C" w:rsidRPr="005730F0" w:rsidTr="009907F7">
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="2912" w:type="dxa"/>
+          <w:tcW w:w="2898" w:type="dxa"/>
           <w:vMerge/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="8" w:space="0" w:color="808080"/>
             <w:left w:val="single" w:sz="8" w:space="0" w:color="808080"/>
             <w:bottom w:val="single" w:sz="8" w:space="0" w:color="808080"/>
             <w:right w:val="single" w:sz="8" w:space="0" w:color="808080"/>
           </w:tcBorders>
           <w:tcMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tcMar>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="66CF9EF2" w14:textId="77777777" w:rsidR="00C5179C" w:rsidRPr="005730F0" w:rsidRDefault="00C5179C" w:rsidP="005730F0">
+        <w:p w:rsidR="00C5179C" w:rsidRPr="005730F0" w:rsidRDefault="00C5179C" w:rsidP="005730F0">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:noProof/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="9222" w:type="dxa"/>
+          <w:tcW w:w="8689" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="8" w:space="0" w:color="808080"/>
             <w:left w:val="nil"/>
             <w:bottom w:val="single" w:sz="8" w:space="0" w:color="808080"/>
             <w:right w:val="single" w:sz="8" w:space="0" w:color="808080"/>
           </w:tcBorders>
           <w:tcMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tcMar>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="4611A505" w14:textId="2CD01F44" w:rsidR="00C5179C" w:rsidRPr="005730F0" w:rsidRDefault="00C5179C" w:rsidP="005730F0">
+        <w:p w:rsidR="00C5179C" w:rsidRPr="005730F0" w:rsidRDefault="00C5179C" w:rsidP="005730F0">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>FOR-001577</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="2716" w:type="dxa"/>
+          <w:tcW w:w="3263" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="8" w:space="0" w:color="808080"/>
             <w:left w:val="nil"/>
             <w:bottom w:val="single" w:sz="8" w:space="0" w:color="808080"/>
             <w:right w:val="single" w:sz="8" w:space="0" w:color="808080"/>
           </w:tcBorders>
           <w:tcMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tcMar>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="2DF49B5E" w14:textId="31F0B54C" w:rsidR="00C5179C" w:rsidRPr="005730F0" w:rsidRDefault="00C5179C" w:rsidP="00AA7858">
+        <w:p w:rsidR="00C5179C" w:rsidRDefault="00C5179C" w:rsidP="00AA7858">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:ind w:left="720" w:hanging="720"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="005730F0">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve">Rev </w:t>
           </w:r>
-          <w:r w:rsidR="00A8141E">
+          <w:r w:rsidR="00236710">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
-            <w:t>L</w:t>
+            <w:t>Q</w:t>
           </w:r>
+        </w:p>
+        <w:p w:rsidR="00C052DA" w:rsidRPr="005730F0" w:rsidRDefault="00C052DA" w:rsidP="00AA7858">
+          <w:pPr>
+            <w:widowControl w:val="0"/>
+            <w:ind w:left="720" w:hanging="720"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+            </w:rPr>
+          </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="1CF77C80" w14:textId="77777777" w:rsidR="00C5179C" w:rsidRDefault="00C5179C" w:rsidP="00AA7858">
+  <w:p w:rsidR="00C5179C" w:rsidRDefault="00C5179C" w:rsidP="00AA7858">
     <w:pPr>
       <w:pStyle w:val="Heading1"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="242569DC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FC88A842"/>
     <w:lvl w:ilvl="0" w:tplc="61BCF600">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Calibri" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i/>
         <w:color w:val="0070C0"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8351,602 +9300,700 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="263147986">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="132"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:doNotDisplayPageBoundaries/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C061A2"/>
     <w:rsid w:val="0000024F"/>
+    <w:rsid w:val="00007D3A"/>
     <w:rsid w:val="000131A7"/>
     <w:rsid w:val="00023562"/>
     <w:rsid w:val="00031A9C"/>
     <w:rsid w:val="0004583F"/>
     <w:rsid w:val="000468B8"/>
     <w:rsid w:val="000543FA"/>
     <w:rsid w:val="00054F46"/>
     <w:rsid w:val="00056B55"/>
     <w:rsid w:val="00056D42"/>
+    <w:rsid w:val="00060151"/>
     <w:rsid w:val="00060A08"/>
     <w:rsid w:val="00061C5E"/>
     <w:rsid w:val="00071AF2"/>
+    <w:rsid w:val="00072839"/>
     <w:rsid w:val="00076B13"/>
     <w:rsid w:val="00082764"/>
     <w:rsid w:val="00086EB9"/>
     <w:rsid w:val="0008716F"/>
     <w:rsid w:val="000927CF"/>
     <w:rsid w:val="0009302C"/>
     <w:rsid w:val="000932F1"/>
     <w:rsid w:val="000B0848"/>
     <w:rsid w:val="000B3D68"/>
     <w:rsid w:val="000B5FC4"/>
     <w:rsid w:val="000B6606"/>
     <w:rsid w:val="000C1B54"/>
     <w:rsid w:val="000C1BA2"/>
     <w:rsid w:val="000D1D03"/>
+    <w:rsid w:val="000E7933"/>
+    <w:rsid w:val="000F7C7F"/>
     <w:rsid w:val="00104090"/>
     <w:rsid w:val="00104613"/>
     <w:rsid w:val="00105306"/>
     <w:rsid w:val="00113360"/>
+    <w:rsid w:val="00115CF3"/>
     <w:rsid w:val="00116FD8"/>
     <w:rsid w:val="001211A3"/>
     <w:rsid w:val="001218DA"/>
+    <w:rsid w:val="00127942"/>
     <w:rsid w:val="00130DBA"/>
     <w:rsid w:val="001337B2"/>
+    <w:rsid w:val="0013445C"/>
     <w:rsid w:val="00144241"/>
     <w:rsid w:val="001476BB"/>
     <w:rsid w:val="00160CBE"/>
     <w:rsid w:val="00163830"/>
+    <w:rsid w:val="00166001"/>
     <w:rsid w:val="001665C5"/>
     <w:rsid w:val="00166D87"/>
     <w:rsid w:val="00173F11"/>
     <w:rsid w:val="00175E69"/>
+    <w:rsid w:val="00181BFE"/>
     <w:rsid w:val="00181C18"/>
     <w:rsid w:val="001823F1"/>
     <w:rsid w:val="001835EA"/>
+    <w:rsid w:val="001876DE"/>
     <w:rsid w:val="00191800"/>
     <w:rsid w:val="001958DD"/>
     <w:rsid w:val="001A2A24"/>
     <w:rsid w:val="001A4D5B"/>
     <w:rsid w:val="001C1290"/>
     <w:rsid w:val="001C1CF1"/>
     <w:rsid w:val="001C6300"/>
     <w:rsid w:val="001C6A2B"/>
     <w:rsid w:val="001D2FAC"/>
     <w:rsid w:val="001D3B9B"/>
     <w:rsid w:val="001D6AC5"/>
     <w:rsid w:val="001E39A3"/>
+    <w:rsid w:val="001F2E28"/>
     <w:rsid w:val="001F34EB"/>
     <w:rsid w:val="00201BD4"/>
     <w:rsid w:val="00205B50"/>
+    <w:rsid w:val="00205B64"/>
     <w:rsid w:val="00212063"/>
     <w:rsid w:val="00213F38"/>
     <w:rsid w:val="002239B5"/>
     <w:rsid w:val="0022486F"/>
     <w:rsid w:val="0022617D"/>
     <w:rsid w:val="00226F08"/>
+    <w:rsid w:val="00234B7A"/>
     <w:rsid w:val="00235FBF"/>
+    <w:rsid w:val="00236710"/>
+    <w:rsid w:val="00236A70"/>
     <w:rsid w:val="00246C91"/>
     <w:rsid w:val="0026083F"/>
     <w:rsid w:val="002708FE"/>
+    <w:rsid w:val="00281F80"/>
     <w:rsid w:val="00283C4B"/>
     <w:rsid w:val="00290BFC"/>
     <w:rsid w:val="002925F3"/>
+    <w:rsid w:val="00292E94"/>
+    <w:rsid w:val="002954B5"/>
     <w:rsid w:val="002A1016"/>
     <w:rsid w:val="002A1A3A"/>
+    <w:rsid w:val="002B141B"/>
     <w:rsid w:val="002B58CC"/>
     <w:rsid w:val="002B5905"/>
     <w:rsid w:val="002B7CE0"/>
     <w:rsid w:val="002C4FC8"/>
     <w:rsid w:val="002C7B22"/>
     <w:rsid w:val="002D0580"/>
     <w:rsid w:val="002D0D25"/>
     <w:rsid w:val="002E14A2"/>
     <w:rsid w:val="002E2D81"/>
+    <w:rsid w:val="002F14FC"/>
     <w:rsid w:val="002F2864"/>
     <w:rsid w:val="002F7A56"/>
     <w:rsid w:val="00307DDD"/>
     <w:rsid w:val="00311FC3"/>
+    <w:rsid w:val="00324F97"/>
     <w:rsid w:val="00330D41"/>
     <w:rsid w:val="00335DF7"/>
     <w:rsid w:val="003444B8"/>
     <w:rsid w:val="003508D5"/>
     <w:rsid w:val="00351D8E"/>
     <w:rsid w:val="003527F6"/>
     <w:rsid w:val="00354EBE"/>
     <w:rsid w:val="00367D5E"/>
     <w:rsid w:val="0037099A"/>
+    <w:rsid w:val="00372CBE"/>
+    <w:rsid w:val="00373E1A"/>
     <w:rsid w:val="00375077"/>
     <w:rsid w:val="0038196F"/>
     <w:rsid w:val="00382587"/>
     <w:rsid w:val="00391D9B"/>
     <w:rsid w:val="003958AC"/>
     <w:rsid w:val="00396AF2"/>
     <w:rsid w:val="003A38E6"/>
     <w:rsid w:val="003A54EC"/>
     <w:rsid w:val="003C2E4C"/>
     <w:rsid w:val="003C397D"/>
     <w:rsid w:val="003D0966"/>
     <w:rsid w:val="003D17CF"/>
     <w:rsid w:val="003E03D7"/>
     <w:rsid w:val="003E4394"/>
     <w:rsid w:val="003F09EE"/>
     <w:rsid w:val="003F1B7A"/>
     <w:rsid w:val="003F6752"/>
     <w:rsid w:val="00403474"/>
     <w:rsid w:val="00403868"/>
     <w:rsid w:val="00404DF4"/>
     <w:rsid w:val="00410C33"/>
     <w:rsid w:val="004120CD"/>
     <w:rsid w:val="00412455"/>
     <w:rsid w:val="00412D79"/>
+    <w:rsid w:val="00413BA9"/>
     <w:rsid w:val="00414B2F"/>
+    <w:rsid w:val="0042083E"/>
     <w:rsid w:val="004273FF"/>
     <w:rsid w:val="004363CB"/>
     <w:rsid w:val="0043644E"/>
     <w:rsid w:val="0044572C"/>
     <w:rsid w:val="00451273"/>
     <w:rsid w:val="00452F81"/>
     <w:rsid w:val="00465BA5"/>
     <w:rsid w:val="00466D0A"/>
+    <w:rsid w:val="00466E05"/>
+    <w:rsid w:val="004717AB"/>
     <w:rsid w:val="00471BAE"/>
     <w:rsid w:val="00473950"/>
     <w:rsid w:val="00473BA9"/>
     <w:rsid w:val="00480071"/>
     <w:rsid w:val="00491694"/>
     <w:rsid w:val="00491FCE"/>
     <w:rsid w:val="0049333B"/>
     <w:rsid w:val="00496901"/>
     <w:rsid w:val="004B1633"/>
+    <w:rsid w:val="004B25FA"/>
     <w:rsid w:val="004C14CF"/>
     <w:rsid w:val="004C4863"/>
     <w:rsid w:val="004D27BF"/>
     <w:rsid w:val="004E30A9"/>
     <w:rsid w:val="004E3963"/>
     <w:rsid w:val="004E406F"/>
     <w:rsid w:val="004E5A5B"/>
     <w:rsid w:val="004E6401"/>
     <w:rsid w:val="004F127C"/>
     <w:rsid w:val="004F7A7B"/>
     <w:rsid w:val="00510129"/>
+    <w:rsid w:val="005139A1"/>
     <w:rsid w:val="00522F81"/>
     <w:rsid w:val="00525176"/>
     <w:rsid w:val="0053215C"/>
     <w:rsid w:val="005321A1"/>
+    <w:rsid w:val="00533D21"/>
     <w:rsid w:val="00534A99"/>
     <w:rsid w:val="005370B3"/>
+    <w:rsid w:val="005419F3"/>
     <w:rsid w:val="005426B8"/>
     <w:rsid w:val="00546DB0"/>
     <w:rsid w:val="00554347"/>
     <w:rsid w:val="00555A9E"/>
     <w:rsid w:val="00556923"/>
+    <w:rsid w:val="00563D73"/>
     <w:rsid w:val="005730F0"/>
     <w:rsid w:val="00573B56"/>
+    <w:rsid w:val="00574F7D"/>
     <w:rsid w:val="005A4223"/>
     <w:rsid w:val="005B4280"/>
     <w:rsid w:val="005B4CEB"/>
+    <w:rsid w:val="005C08C6"/>
     <w:rsid w:val="005C0B29"/>
     <w:rsid w:val="005C26B1"/>
+    <w:rsid w:val="005C277B"/>
     <w:rsid w:val="005E6DCF"/>
     <w:rsid w:val="005F0487"/>
     <w:rsid w:val="005F74D2"/>
     <w:rsid w:val="00602021"/>
     <w:rsid w:val="006063F9"/>
     <w:rsid w:val="00606770"/>
     <w:rsid w:val="0061474D"/>
     <w:rsid w:val="00620D6C"/>
     <w:rsid w:val="0062360C"/>
     <w:rsid w:val="00624C2C"/>
     <w:rsid w:val="006258F1"/>
     <w:rsid w:val="0062596B"/>
     <w:rsid w:val="00634F97"/>
     <w:rsid w:val="00636DDA"/>
     <w:rsid w:val="00640707"/>
     <w:rsid w:val="006435FC"/>
     <w:rsid w:val="0064378A"/>
     <w:rsid w:val="00643AE8"/>
     <w:rsid w:val="00644BD0"/>
     <w:rsid w:val="00647E12"/>
     <w:rsid w:val="00650B5B"/>
+    <w:rsid w:val="006520F3"/>
+    <w:rsid w:val="006552B8"/>
+    <w:rsid w:val="00661576"/>
     <w:rsid w:val="00662EA1"/>
     <w:rsid w:val="0067186F"/>
     <w:rsid w:val="006765B9"/>
+    <w:rsid w:val="00677E1E"/>
     <w:rsid w:val="00685A5A"/>
     <w:rsid w:val="00685B0C"/>
     <w:rsid w:val="00685E24"/>
     <w:rsid w:val="00690043"/>
     <w:rsid w:val="00693180"/>
     <w:rsid w:val="0069460C"/>
     <w:rsid w:val="006A0003"/>
+    <w:rsid w:val="006A5D0A"/>
     <w:rsid w:val="006B24DF"/>
     <w:rsid w:val="006B5A15"/>
     <w:rsid w:val="006D13A1"/>
     <w:rsid w:val="006D154E"/>
     <w:rsid w:val="006D7781"/>
     <w:rsid w:val="006E463B"/>
     <w:rsid w:val="006E6A6C"/>
     <w:rsid w:val="006F2672"/>
     <w:rsid w:val="006F267E"/>
     <w:rsid w:val="006F4E0C"/>
+    <w:rsid w:val="0070639B"/>
     <w:rsid w:val="00713891"/>
     <w:rsid w:val="00721B85"/>
     <w:rsid w:val="00722D32"/>
+    <w:rsid w:val="0072400F"/>
     <w:rsid w:val="00724671"/>
     <w:rsid w:val="007250D9"/>
+    <w:rsid w:val="00726738"/>
+    <w:rsid w:val="0073388D"/>
+    <w:rsid w:val="007345AC"/>
     <w:rsid w:val="00734A47"/>
+    <w:rsid w:val="00740BE8"/>
+    <w:rsid w:val="00747792"/>
+    <w:rsid w:val="0075148F"/>
     <w:rsid w:val="00757ED9"/>
+    <w:rsid w:val="00770DA4"/>
     <w:rsid w:val="00771DCE"/>
     <w:rsid w:val="00783C73"/>
     <w:rsid w:val="00784A6C"/>
     <w:rsid w:val="00786C52"/>
+    <w:rsid w:val="0079168A"/>
+    <w:rsid w:val="007A329F"/>
+    <w:rsid w:val="007A69DC"/>
+    <w:rsid w:val="007A7333"/>
     <w:rsid w:val="007A7A5A"/>
     <w:rsid w:val="007B0032"/>
     <w:rsid w:val="007B1F6A"/>
     <w:rsid w:val="007B23D0"/>
     <w:rsid w:val="007B2ABE"/>
     <w:rsid w:val="007E4BD5"/>
     <w:rsid w:val="007E4DE2"/>
     <w:rsid w:val="007F26FF"/>
     <w:rsid w:val="007F3146"/>
     <w:rsid w:val="007F4A60"/>
     <w:rsid w:val="008003C7"/>
     <w:rsid w:val="0080225D"/>
     <w:rsid w:val="008049C8"/>
     <w:rsid w:val="00811DEA"/>
     <w:rsid w:val="00811EBB"/>
+    <w:rsid w:val="008130CB"/>
     <w:rsid w:val="0082577E"/>
     <w:rsid w:val="00827AC7"/>
     <w:rsid w:val="0083562B"/>
     <w:rsid w:val="00836708"/>
     <w:rsid w:val="00844438"/>
+    <w:rsid w:val="00850493"/>
+    <w:rsid w:val="0085148C"/>
     <w:rsid w:val="0085237E"/>
     <w:rsid w:val="00866161"/>
     <w:rsid w:val="00877E35"/>
     <w:rsid w:val="00882257"/>
     <w:rsid w:val="008928F6"/>
     <w:rsid w:val="00892CD8"/>
     <w:rsid w:val="00894EAA"/>
     <w:rsid w:val="008954F9"/>
     <w:rsid w:val="008961C9"/>
     <w:rsid w:val="008A142A"/>
     <w:rsid w:val="008A3D56"/>
     <w:rsid w:val="008C3D59"/>
     <w:rsid w:val="008C7A7E"/>
     <w:rsid w:val="008D1F25"/>
     <w:rsid w:val="008D4063"/>
     <w:rsid w:val="008D4284"/>
     <w:rsid w:val="008D4D04"/>
     <w:rsid w:val="008D5219"/>
+    <w:rsid w:val="008D5463"/>
     <w:rsid w:val="008D7EF1"/>
     <w:rsid w:val="008E1514"/>
     <w:rsid w:val="008E2389"/>
     <w:rsid w:val="008F4615"/>
     <w:rsid w:val="00900E2F"/>
     <w:rsid w:val="00902D51"/>
+    <w:rsid w:val="00905B34"/>
     <w:rsid w:val="009167A6"/>
     <w:rsid w:val="00922655"/>
     <w:rsid w:val="009251B6"/>
     <w:rsid w:val="0093183A"/>
     <w:rsid w:val="0093388A"/>
     <w:rsid w:val="00944722"/>
     <w:rsid w:val="00946AE5"/>
     <w:rsid w:val="0094734C"/>
     <w:rsid w:val="00956638"/>
     <w:rsid w:val="009645F6"/>
     <w:rsid w:val="009732A2"/>
     <w:rsid w:val="0097526C"/>
     <w:rsid w:val="00975453"/>
     <w:rsid w:val="00976AA5"/>
     <w:rsid w:val="00983CB3"/>
     <w:rsid w:val="00987302"/>
+    <w:rsid w:val="009907F7"/>
     <w:rsid w:val="0099172E"/>
     <w:rsid w:val="009A1792"/>
     <w:rsid w:val="009A1A19"/>
     <w:rsid w:val="009A7C11"/>
     <w:rsid w:val="009B1632"/>
+    <w:rsid w:val="009B56DE"/>
     <w:rsid w:val="009C355D"/>
     <w:rsid w:val="009C48D4"/>
     <w:rsid w:val="009C535C"/>
     <w:rsid w:val="009C575C"/>
     <w:rsid w:val="009D2825"/>
+    <w:rsid w:val="009E61E8"/>
     <w:rsid w:val="009F0B91"/>
     <w:rsid w:val="009F521F"/>
     <w:rsid w:val="009F5311"/>
     <w:rsid w:val="009F54CC"/>
     <w:rsid w:val="009F59A2"/>
     <w:rsid w:val="00A01AB6"/>
     <w:rsid w:val="00A05FD1"/>
     <w:rsid w:val="00A103DD"/>
     <w:rsid w:val="00A174F8"/>
     <w:rsid w:val="00A2329C"/>
     <w:rsid w:val="00A343CA"/>
     <w:rsid w:val="00A3779A"/>
     <w:rsid w:val="00A50F07"/>
     <w:rsid w:val="00A630FA"/>
     <w:rsid w:val="00A633A0"/>
     <w:rsid w:val="00A63F39"/>
     <w:rsid w:val="00A732E0"/>
     <w:rsid w:val="00A73DAE"/>
     <w:rsid w:val="00A8141E"/>
     <w:rsid w:val="00A83C7B"/>
     <w:rsid w:val="00A86798"/>
+    <w:rsid w:val="00A9197B"/>
     <w:rsid w:val="00A95043"/>
     <w:rsid w:val="00A954A4"/>
+    <w:rsid w:val="00AA05E2"/>
     <w:rsid w:val="00AA3EEC"/>
     <w:rsid w:val="00AA7858"/>
     <w:rsid w:val="00AB01AF"/>
     <w:rsid w:val="00AB339D"/>
     <w:rsid w:val="00AB4442"/>
     <w:rsid w:val="00AB4544"/>
     <w:rsid w:val="00AB47DE"/>
     <w:rsid w:val="00AB48ED"/>
     <w:rsid w:val="00AB56E8"/>
     <w:rsid w:val="00AB7EA6"/>
     <w:rsid w:val="00AC471C"/>
     <w:rsid w:val="00AC57D3"/>
     <w:rsid w:val="00AC632F"/>
     <w:rsid w:val="00AC67BA"/>
     <w:rsid w:val="00AC765A"/>
     <w:rsid w:val="00AD553B"/>
     <w:rsid w:val="00AE33D5"/>
+    <w:rsid w:val="00AF1A86"/>
     <w:rsid w:val="00AF47A0"/>
     <w:rsid w:val="00AF7BF2"/>
     <w:rsid w:val="00B06190"/>
     <w:rsid w:val="00B13ECA"/>
     <w:rsid w:val="00B16648"/>
     <w:rsid w:val="00B177D2"/>
     <w:rsid w:val="00B17A55"/>
+    <w:rsid w:val="00B21A18"/>
+    <w:rsid w:val="00B21AAA"/>
     <w:rsid w:val="00B22E2A"/>
     <w:rsid w:val="00B27E86"/>
     <w:rsid w:val="00B35D83"/>
     <w:rsid w:val="00B47F3B"/>
     <w:rsid w:val="00B53A5B"/>
+    <w:rsid w:val="00B64104"/>
     <w:rsid w:val="00B67316"/>
     <w:rsid w:val="00B673AB"/>
     <w:rsid w:val="00B73E12"/>
+    <w:rsid w:val="00B81F68"/>
+    <w:rsid w:val="00B859C4"/>
+    <w:rsid w:val="00B85AEC"/>
+    <w:rsid w:val="00B9091F"/>
     <w:rsid w:val="00B910D2"/>
     <w:rsid w:val="00B9740B"/>
     <w:rsid w:val="00B97B5C"/>
     <w:rsid w:val="00BA0314"/>
+    <w:rsid w:val="00BA11F7"/>
     <w:rsid w:val="00BA2FC6"/>
+    <w:rsid w:val="00BA50AB"/>
     <w:rsid w:val="00BA7161"/>
     <w:rsid w:val="00BB4C01"/>
     <w:rsid w:val="00BC174B"/>
     <w:rsid w:val="00BE2EC2"/>
     <w:rsid w:val="00BE2F21"/>
     <w:rsid w:val="00BF4CCE"/>
     <w:rsid w:val="00C00340"/>
     <w:rsid w:val="00C03179"/>
+    <w:rsid w:val="00C03411"/>
+    <w:rsid w:val="00C052DA"/>
     <w:rsid w:val="00C061A2"/>
     <w:rsid w:val="00C14E82"/>
     <w:rsid w:val="00C15EF3"/>
     <w:rsid w:val="00C15F86"/>
+    <w:rsid w:val="00C22455"/>
     <w:rsid w:val="00C24F61"/>
     <w:rsid w:val="00C25ED6"/>
+    <w:rsid w:val="00C26DD1"/>
     <w:rsid w:val="00C352F5"/>
     <w:rsid w:val="00C356FE"/>
     <w:rsid w:val="00C359B9"/>
     <w:rsid w:val="00C366DA"/>
     <w:rsid w:val="00C50FEB"/>
     <w:rsid w:val="00C5179C"/>
     <w:rsid w:val="00C539DE"/>
     <w:rsid w:val="00C61019"/>
     <w:rsid w:val="00C70867"/>
     <w:rsid w:val="00C749DF"/>
     <w:rsid w:val="00C85696"/>
     <w:rsid w:val="00C85CA3"/>
     <w:rsid w:val="00C908B7"/>
     <w:rsid w:val="00C96C32"/>
+    <w:rsid w:val="00C975E3"/>
     <w:rsid w:val="00CA2327"/>
     <w:rsid w:val="00CA521E"/>
     <w:rsid w:val="00CA57A8"/>
     <w:rsid w:val="00CC343A"/>
     <w:rsid w:val="00CE245C"/>
     <w:rsid w:val="00CF44BE"/>
     <w:rsid w:val="00CF7647"/>
+    <w:rsid w:val="00D1052D"/>
     <w:rsid w:val="00D169E9"/>
+    <w:rsid w:val="00D16F7F"/>
     <w:rsid w:val="00D216B1"/>
     <w:rsid w:val="00D26A6F"/>
     <w:rsid w:val="00D31684"/>
     <w:rsid w:val="00D32F87"/>
     <w:rsid w:val="00D37979"/>
     <w:rsid w:val="00D43DF7"/>
     <w:rsid w:val="00D44536"/>
     <w:rsid w:val="00D4534B"/>
+    <w:rsid w:val="00D45D3D"/>
+    <w:rsid w:val="00D47D96"/>
     <w:rsid w:val="00D5057B"/>
     <w:rsid w:val="00D56F85"/>
     <w:rsid w:val="00D5727A"/>
     <w:rsid w:val="00D6464F"/>
     <w:rsid w:val="00D70B4D"/>
     <w:rsid w:val="00D735CA"/>
     <w:rsid w:val="00D83F8D"/>
     <w:rsid w:val="00D8721E"/>
     <w:rsid w:val="00D974A2"/>
     <w:rsid w:val="00DA0DA4"/>
     <w:rsid w:val="00DA76DE"/>
     <w:rsid w:val="00DB060E"/>
+    <w:rsid w:val="00DB4726"/>
     <w:rsid w:val="00DB47D0"/>
     <w:rsid w:val="00DC6777"/>
     <w:rsid w:val="00DC794C"/>
     <w:rsid w:val="00DE4180"/>
     <w:rsid w:val="00DE7F28"/>
     <w:rsid w:val="00DF21F5"/>
     <w:rsid w:val="00DF6BF4"/>
     <w:rsid w:val="00E072AE"/>
     <w:rsid w:val="00E10CA6"/>
     <w:rsid w:val="00E111B8"/>
+    <w:rsid w:val="00E11406"/>
     <w:rsid w:val="00E13183"/>
     <w:rsid w:val="00E14BEF"/>
     <w:rsid w:val="00E15258"/>
     <w:rsid w:val="00E15638"/>
     <w:rsid w:val="00E236BE"/>
     <w:rsid w:val="00E31D02"/>
     <w:rsid w:val="00E34DC3"/>
     <w:rsid w:val="00E3505D"/>
     <w:rsid w:val="00E35195"/>
     <w:rsid w:val="00E45617"/>
     <w:rsid w:val="00E520FB"/>
     <w:rsid w:val="00E5721C"/>
     <w:rsid w:val="00E628F1"/>
     <w:rsid w:val="00E62DBF"/>
     <w:rsid w:val="00E638A5"/>
+    <w:rsid w:val="00E71CBE"/>
     <w:rsid w:val="00E765A2"/>
     <w:rsid w:val="00E81B58"/>
     <w:rsid w:val="00E8648A"/>
     <w:rsid w:val="00E91AB8"/>
     <w:rsid w:val="00EA0ED7"/>
     <w:rsid w:val="00EA6076"/>
     <w:rsid w:val="00EA6A7F"/>
     <w:rsid w:val="00EA7975"/>
+    <w:rsid w:val="00EB1E68"/>
     <w:rsid w:val="00EB3859"/>
     <w:rsid w:val="00EC03B5"/>
+    <w:rsid w:val="00EC1077"/>
     <w:rsid w:val="00EC2C04"/>
     <w:rsid w:val="00EC2EC7"/>
     <w:rsid w:val="00ED3725"/>
     <w:rsid w:val="00ED541B"/>
+    <w:rsid w:val="00ED7B0F"/>
     <w:rsid w:val="00EE0CCA"/>
     <w:rsid w:val="00EE248E"/>
     <w:rsid w:val="00EE33A4"/>
     <w:rsid w:val="00EE34D5"/>
     <w:rsid w:val="00EE4769"/>
     <w:rsid w:val="00EE4C22"/>
     <w:rsid w:val="00F04AC3"/>
+    <w:rsid w:val="00F13EAB"/>
     <w:rsid w:val="00F14822"/>
     <w:rsid w:val="00F20AD1"/>
     <w:rsid w:val="00F22C92"/>
     <w:rsid w:val="00F26E43"/>
     <w:rsid w:val="00F308CB"/>
     <w:rsid w:val="00F32765"/>
     <w:rsid w:val="00F36488"/>
     <w:rsid w:val="00F44453"/>
     <w:rsid w:val="00F60541"/>
     <w:rsid w:val="00F60D55"/>
+    <w:rsid w:val="00F616A1"/>
     <w:rsid w:val="00F64478"/>
     <w:rsid w:val="00F72F44"/>
     <w:rsid w:val="00F73115"/>
     <w:rsid w:val="00F7353E"/>
     <w:rsid w:val="00F73A61"/>
     <w:rsid w:val="00F74E0F"/>
+    <w:rsid w:val="00F7588B"/>
     <w:rsid w:val="00F76401"/>
     <w:rsid w:val="00F76576"/>
     <w:rsid w:val="00F80C42"/>
     <w:rsid w:val="00F850C0"/>
     <w:rsid w:val="00F85676"/>
     <w:rsid w:val="00F8757B"/>
+    <w:rsid w:val="00F906D0"/>
     <w:rsid w:val="00F92853"/>
     <w:rsid w:val="00F93704"/>
     <w:rsid w:val="00F94A2E"/>
+    <w:rsid w:val="00F95886"/>
     <w:rsid w:val="00FA1284"/>
     <w:rsid w:val="00FA2F67"/>
     <w:rsid w:val="00FA3737"/>
     <w:rsid w:val="00FB17B1"/>
     <w:rsid w:val="00FB4E49"/>
     <w:rsid w:val="00FC4B16"/>
+    <w:rsid w:val="00FC5419"/>
     <w:rsid w:val="00FE3DE0"/>
     <w:rsid w:val="00FE7315"/>
     <w:rsid w:val="00FF013F"/>
     <w:rsid w:val="00FF099B"/>
     <w:rsid w:val="00FF0B8B"/>
     <w:rsid w:val="00FF673E"/>
     <w:rsid w:val="00FF7F85"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="411B2354"/>
   <w15:docId w15:val="{671AC43D-507D-4F01-AE31-B1D6C0E30706}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9491,51 +10538,51 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CA521E"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CA521E"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="39401387">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="58670898">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9780,55 +10827,57 @@
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2135323580">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Blue Warm">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="242852"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="ACCBF9"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4A66AC"/>
       </a:accent1>
@@ -10111,75 +11160,69 @@
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<WrappedLabelHistory xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://www.boldonjames.com/2016/02/Classifier/internal/wrappedLabelHistory">
-[...4 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C979D9909E9A9043BE06BBBFE2677B02" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="551dcd25d711e0bd7a036c3b3c87321d">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="92b6054b-5ee5-4835-9bfd-d0bbf5b7e7e5" xmlns:ns4="e54ebb47-705a-4e2f-bf5e-baf46e1d75a2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3e0fbf47fd8970e3dd1ffab57e83a04d" ns3:_="" ns4:_="">
     <xsd:import namespace="92b6054b-5ee5-4835-9bfd-d0bbf5b7e7e5"/>
     <xsd:import namespace="e54ebb47-705a-4e2f-bf5e-baf46e1d75a2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -10358,174 +11401,192 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <sisl xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://www.boldonjames.com/2008/01/sie/internal/label" sislVersion="0" policy="82049413-2d3e-4083-a592-ac23f9157539" origin="userSelected">
   <element uid="4d9dcc71-f3f2-4996-aa7f-a9d3f2248838" value=""/>
 </sisl>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
+<WrappedLabelHistory xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://www.boldonjames.com/2016/02/Classifier/internal/wrappedLabelHistory">
+  <Value>PD94bWwgdmVyc2lvbj0iMS4wIiBlbmNvZGluZz0idXMtYXNjaWkiPz48bGFiZWxIaXN0b3J5IHhtbG5zOnhzZD0iaHR0cDovL3d3dy53My5vcmcvMjAwMS9YTUxTY2hlbWEiIHhtbG5zOnhzaT0iaHR0cDovL3d3dy53My5vcmcvMjAwMS9YTUxTY2hlbWEtaW5zdGFuY2UiIHhtbG5zPSJodHRwOi8vd3d3LmJvbGRvbmphbWVzLmNvbS8yMDE2LzAyL0NsYXNzaWZpZXIvaW50ZXJuYWwvbGFiZWxIaXN0b3J5Ij48aXRlbT48c2lzbCBzaXNsVmVyc2lvbj0iMCIgcG9saWN5PSI4MjA0OTQxMy0yZDNlLTQwODMtYTU5Mi1hYzIzZjkxNTc1MzkiIG9yaWdpbj0idXNlclNlbGVjdGVkIj48ZWxlbWVudCB1aWQ9ImVlNzFlNDNjLTY5NTItNGFhMC1iYTkzLTFjMzk4MTQzOWEwNSIgdmFsdWU9IiIgeG1sbnM9Imh0dHA6Ly93d3cuYm9sZG9uamFtZXMuY29tLzIwMDgvMDEvc2llL2ludGVybmFsL2xhYmVsIiAvPjwvc2lzbD48VXNlck5hbWU+Q09SUFxweTAzMTkzNjwvVXNlck5hbWU+PERhdGVUaW1lPjgvMTEvMjAyMCAzOjI1OjM4IEFNPC9EYXRlVGltZT48TGFiZWxTdHJpbmc+VU5SRVNUUklDVEVEPC9MYWJlbFN0cmluZz48L2l0ZW0+PGl0ZW0+PHNpc2wgc2lzbFZlcnNpb249IjAiIHBvbGljeT0iODIwNDk0MTMtMmQzZS00MDgzLWE1OTItYWMyM2Y5MTU3NTM5IiBvcmlnaW49InVzZXJTZWxlY3RlZCI+PGVsZW1lbnQgdWlkPSI0ZDlkY2M3MS1mM2YyLTQ5OTYtYWE3Zi1hOWQzZjIyNDg4MzgiIHZhbHVlPSIiIHhtbG5zPSJodHRwOi8vd3d3LmJvbGRvbmphbWVzLmNvbS8yMDA4LzAxL3NpZS9pbnRlcm5hbC9sYWJlbCIgLz48L3Npc2w+PFVzZXJOYW1lPkNPUlBcYXowMzMyNjk8L1VzZXJOYW1lPjxEYXRlVGltZT4xMi8yMi8yMDIzIDk6MDE6MjAgQU08L0RhdGVUaW1lPjxMYWJlbFN0cmluZz5QUklWQVRFPC9MYWJlbFN0cmluZz48L2l0ZW0+PC9sYWJlbEhpc3Rvcnk+</Value>
+</WrappedLabelHistory>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B85D177D-3C21-48C2-8E8D-939171B908B6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A8FF2056-3771-42E0-96AC-88B440BAF6DB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E432ADB6-695E-4612-B89C-62D9C365E4B4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{79CAC6FE-4E2D-4274-9CEA-C44B56705231}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="92b6054b-5ee5-4835-9bfd-d0bbf5b7e7e5"/>
     <ds:schemaRef ds:uri="e54ebb47-705a-4e2f-bf5e-baf46e1d75a2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DCBF6FD1-7DE4-4BEB-B20C-34E03501E033}">
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4007A1C4-F560-4783-A815-B815666E6E78}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://www.boldonjames.com/2008/01/sie/internal/label"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{022859DD-097C-4E93-8722-DEFF365F865E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://www.boldonjames.com/2016/02/Classifier/internal/wrappedLabelHistory"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
-  <clbl:label id="{ea529389-cf47-4fb2-b8ff-2ddd0b7d2a34}" enabled="0" method="" siteId="{ea529389-cf47-4fb2-b8ff-2ddd0b7d2a34}" removed="1"/>
+  <clbl:label id="{783439ab-34c5-49cd-8f76-f98ee7c0bf70}" enabled="1" method="Privileged" siteId="{ea529389-cf47-4fb2-b8ff-2ddd0b7d2a34}" contentBits="2" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3219</Characters>
+  <Pages>1</Pages>
+  <Words>847</Words>
+  <Characters>4830</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>193</Lines>
-  <Paragraphs>104</Paragraphs>
+  <Lines>40</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>miaoyuewang</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4091</CharactersWithSpaces>
+  <CharactersWithSpaces>5666</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Patricia Yancey</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C979D9909E9A9043BE06BBBFE2677B02</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="docIndexRef">
-    <vt:lpwstr>5893010d-6f51-4b97-845c-a44558aad936</vt:lpwstr>
+    <vt:lpwstr>dfe355f1-dfcd-45b1-a146-d69392dacf9f</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="bjSaver">
     <vt:lpwstr>jdvsjNe6dqncp2CIXE7A9r+azTaRNx/l</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="bjClsUserRVM">
     <vt:lpwstr>[]</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="bjDocumentLabelXML">
     <vt:lpwstr>&lt;?xml version="1.0" encoding="us-ascii"?&gt;&lt;sisl xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" sislVersion="0" policy="82049413-2d3e-4083-a592-ac23f9157539" origin="userSelected" xmlns="http://www.boldonj</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="bjDocumentLabelXML-0">
     <vt:lpwstr>ames.com/2008/01/sie/internal/label"&gt;&lt;element uid="4d9dcc71-f3f2-4996-aa7f-a9d3f2248838" value="" /&gt;&lt;/sisl&gt;</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="bjDocumentSecurityLabel">
     <vt:lpwstr>PRIVATE</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="bjLabelHistoryID">
     <vt:lpwstr>{022859DD-097C-4E93-8722-DEFF365F865E}</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="GrammarlyDocumentId">
+    <vt:lpwstr>4861be9eed2fdc9c872a35ac175023104eadbac8cf1d60382aa2785c5ef18d08</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="ClassificationContentMarkingFooterShapeIds">
+    <vt:lpwstr>127d9533,3966b62c,1cab1437</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="ClassificationContentMarkingFooterFontProps">
+    <vt:lpwstr>#000000,9,Calibri</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="ClassificationContentMarkingFooterText">
+    <vt:lpwstr>© 2025 Qorvo US, Inc. – All Rights Reserved</vt:lpwstr>
+  </property>
 </Properties>
 </file>